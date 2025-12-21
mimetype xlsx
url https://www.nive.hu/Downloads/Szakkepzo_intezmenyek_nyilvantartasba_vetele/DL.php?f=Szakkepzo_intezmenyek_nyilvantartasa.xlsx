--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -6,78 +6,78 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20377"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Osztalyok\SZIR\Nyilvantartas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BF7FDE09-CD9F-4004-81E8-06CC52FDD3CE}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{55DD3538-D0DB-49A5-BA6B-8DDB6C30F8DA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="589" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Szakkepzo intezmenyek nyilv." sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Szakkepzo intezmenyek nyilv.'!$A$1:$U$126</definedName>
     <definedName name="FenntartoTipus">[1]Munka2!$A$1:$A$7</definedName>
     <definedName name="határozat">[1]Munka2!$A$63:$A$64</definedName>
     <definedName name="intezmeny_statusz">[1]Munka2!$A$35:$A$36</definedName>
     <definedName name="Megye">[1]Munka2!$A$9:$A$28</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2636" uniqueCount="1773">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2636" uniqueCount="1771">
   <si>
     <t>Nyilvántartási szám</t>
   </si>
   <si>
     <t>Nyilvántartásba vétel időpontja</t>
   </si>
   <si>
     <t>Szakképző intézmény hivatalos neve</t>
   </si>
   <si>
     <t xml:space="preserve">Szakképző intézmény feladatellátási helye(i) </t>
   </si>
   <si>
     <t>Szakképző intézmény képviseletére jogosult személy neve</t>
   </si>
   <si>
     <t>Adószám</t>
   </si>
   <si>
     <t>Pénzforgalmi számlaszám</t>
   </si>
   <si>
     <t>Szakképző intézmény/Többcélú szakképző intézmény szakképzési alapfeladatának jogszabály szerinti megnevezése</t>
   </si>
   <si>
@@ -110,53 +110,50 @@
   <si>
     <t>11732064-20063889</t>
   </si>
   <si>
     <t>teko@teko.hu</t>
   </si>
   <si>
     <t>www.teko.hu</t>
   </si>
   <si>
     <t>technikumi szakmai oktatás</t>
   </si>
   <si>
     <t>Kalocsa-Kecskeméti Főegyházmegye</t>
   </si>
   <si>
     <t>Dr. Bábel Balázs kalocsa-kecskeméti érsek</t>
   </si>
   <si>
     <t>TSzI002</t>
   </si>
   <si>
     <t>Szabóky Adolf Általános és Szakképző Iskola</t>
   </si>
   <si>
-    <t>1211 Budapest, Transzformátorgyár u. 7.</t>
-[...1 lines deleted...]
-  <si>
     <t>Pappné Tóth Edit</t>
   </si>
   <si>
     <t>18258363-1-43</t>
   </si>
   <si>
     <t>11600006-00000000-20851736</t>
   </si>
   <si>
     <t>szigetiskola@gmail.com</t>
   </si>
   <si>
     <t>www.szakisuli.hu</t>
   </si>
   <si>
     <t>szakképző iskolai szakmai oktatás</t>
   </si>
   <si>
     <t>Csepel-sziget Humánerőforrás Fejlesztő és Foglalkoztatást Támogató Alapítvány</t>
   </si>
   <si>
     <t>Kosik György</t>
   </si>
   <si>
     <t>SzI003</t>
@@ -314,53 +311,50 @@
   <si>
     <t>4800 Vásárosnamény, Kossuth Lajos út 9. C. ép., A ép.</t>
   </si>
   <si>
     <t>Májer Mária Ibolya</t>
   </si>
   <si>
     <t>18292992-2-15</t>
   </si>
   <si>
     <t>10918001-00000100-76680002</t>
   </si>
   <si>
     <t>lonyay@baptistaoktatas.hu</t>
   </si>
   <si>
     <t>www.lonyay-menyhert.baptistaoktatas.hu</t>
   </si>
   <si>
     <t>a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása</t>
   </si>
   <si>
     <t>TSzI013</t>
   </si>
   <si>
-    <t>8840 Csurgó, Iharosi u. 2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Vargáné Nagy Viola</t>
   </si>
   <si>
     <t>18509621-2-14</t>
   </si>
   <si>
     <t>SzI014</t>
   </si>
   <si>
     <t>18602339-1-11</t>
   </si>
   <si>
     <t>11740054-20048800</t>
   </si>
   <si>
     <t>esztergom@okt.koszisz.hu</t>
   </si>
   <si>
     <t>TSzI015</t>
   </si>
   <si>
     <t>Gyöngyösi Kolping Katolikus Szakképző Iskola és Szakiskola</t>
   </si>
   <si>
     <t>3200 Gyöngyös, Koháry út 2.</t>
@@ -404,104 +398,98 @@
   <si>
     <t>TSzI018</t>
   </si>
   <si>
     <t>School of Business Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>4320 Nagykálló, Nagybalkányi út 3.</t>
   </si>
   <si>
     <t>Lipták Lajos</t>
   </si>
   <si>
     <t>18279702-1-15</t>
   </si>
   <si>
     <t>68800082-13000213</t>
   </si>
   <si>
     <t>TSzI019</t>
   </si>
   <si>
     <t>Apáczai Csere János Általános Iskola, Gimnázium, Szakképző Iskola és Technikum</t>
   </si>
   <si>
-    <t>4600 Kisvárda, Kossuth u. 12.</t>
-[...1 lines deleted...]
-  <si>
     <t>Angyal-Babják Éva</t>
   </si>
   <si>
     <t>18817777-1-15</t>
   </si>
   <si>
     <t>10404436-50485555-48541005</t>
   </si>
   <si>
     <t>www.apaczaicentrum.hu</t>
   </si>
   <si>
     <t>NYÍRSÉG-HÍD Oktatási Centrum Közhasznú Nonprofit Korlátolt Felelősségű Társaság</t>
   </si>
   <si>
     <t>Angyal Pál Attila</t>
   </si>
   <si>
     <t>TSzI020</t>
   </si>
   <si>
     <t>Mezőhegyesi Technikum, Szakképző Iskola és Kollégium</t>
   </si>
   <si>
     <t>5820 Mezőhegyes, Kozma Ferenc utca 23.</t>
   </si>
   <si>
     <t>26933869-2-04</t>
   </si>
   <si>
     <t>11733151-21391792-00000000</t>
   </si>
   <si>
     <t>kollégiumi ellátás; felnőttoktatás; a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása</t>
   </si>
   <si>
     <t>Nemzeti Ménesbirtok és Tangazdaság Zártkörűen Működő Részvénytársaság</t>
   </si>
   <si>
     <t>Kovács Norbert</t>
   </si>
   <si>
     <t>SzI021</t>
   </si>
   <si>
     <t>Ilcsi-Lloyd Ipartestületi Technikum</t>
   </si>
   <si>
-    <t>9022 Győr, Liszt Ferenc u. 8.</t>
-[...1 lines deleted...]
-  <si>
     <t>Tolnay József Zsolt</t>
   </si>
   <si>
     <t>18140314-1-08</t>
   </si>
   <si>
     <t>lloyd.szakiskola@gmail.com</t>
   </si>
   <si>
     <t>www.lloydiskola.hu</t>
   </si>
   <si>
     <t>felnőttoktatás</t>
   </si>
   <si>
     <t>A Szakma Tisztességéért Közhasznú Alapítvány</t>
   </si>
   <si>
     <t>Kovács Marianna Zsuzsanna</t>
   </si>
   <si>
     <t>TSzI022</t>
   </si>
   <si>
     <t>Gubody Ferenc Technikum, Szakképző Iskola és Szakiskola</t>
@@ -581,53 +569,50 @@
   <si>
     <t>Dr. Khaled-Abdo László</t>
   </si>
   <si>
     <t>TSzI026</t>
   </si>
   <si>
     <t>„Schola Europa Akadémia” Technikum, Gimnázium és Alapfokú Művészeti Iskola a Magyarországi Metodista Egyház Fenntartásában</t>
   </si>
   <si>
     <t>1078 Budapest, Murányi utca 10.</t>
   </si>
   <si>
     <t>18240342-1-42</t>
   </si>
   <si>
     <t>10900028-00000014-35800021</t>
   </si>
   <si>
     <t>www.schola.esa.hu</t>
   </si>
   <si>
     <t>TSzI031</t>
   </si>
   <si>
-    <t>3530 Miskolc, Meggyesalja u. 26.</t>
-[...1 lines deleted...]
-  <si>
     <t>10918001-00000095-73340001</t>
   </si>
   <si>
     <t>baptistaiskola.kozepiskola@gmail.com</t>
   </si>
   <si>
     <t>www.baptistakozepiskola.hu</t>
   </si>
   <si>
     <t>Nyitott Ajtó Baptista Központ</t>
   </si>
   <si>
     <t>Bódis Sámuel</t>
   </si>
   <si>
     <t>TSzI032</t>
   </si>
   <si>
     <t>2900 Komárom, Frigyes tér 2-3.</t>
   </si>
   <si>
     <t>Kiss Ilona Katalin</t>
   </si>
   <si>
     <t>18612792-1-11</t>
@@ -656,125 +641,116 @@
   <si>
     <t>Molnár-Gál Béla</t>
   </si>
   <si>
     <t>18411120-1-05</t>
   </si>
   <si>
     <t>11784009-20604039</t>
   </si>
   <si>
     <t>iskola@donboscosuli.hu</t>
   </si>
   <si>
     <t>Koblencz Attila</t>
   </si>
   <si>
     <t>Szalézi Intézmény Fenntartó</t>
   </si>
   <si>
     <t>TSzI034</t>
   </si>
   <si>
     <t>SZÁMALK-Szalézi Technikum és Szakgimnázium</t>
   </si>
   <si>
-    <t>1119 Budapest, Mérnök u. 39.</t>
-[...1 lines deleted...]
-  <si>
     <t>Halász József</t>
   </si>
   <si>
     <t>info@szamalk-szalezi.hu</t>
   </si>
   <si>
     <t>TSzI035</t>
   </si>
   <si>
     <t>Meta-Don Bosco Technikum és Szakgimnázium</t>
   </si>
   <si>
     <t>Somogyi Zsuzsanna</t>
   </si>
   <si>
     <t>18221307-1-43</t>
   </si>
   <si>
     <t>TSzI036</t>
   </si>
   <si>
     <t>Juhász Gyula Református Gimnázium, Technikum és Szakképző Iskola</t>
   </si>
   <si>
-    <t>6900 Makó, Kálvin u. 2-6.</t>
-[...1 lines deleted...]
-  <si>
     <t>18471375-2-06</t>
   </si>
   <si>
     <t>11735074-20515458-00000000</t>
   </si>
   <si>
     <t>igazgato@juhaszgymako.hu</t>
   </si>
   <si>
     <t>Makó-Belvárosi Református Egyházközség</t>
   </si>
   <si>
     <t>TSzI037</t>
   </si>
   <si>
     <t>Wesley János Családi Bölcsőde, Óvoda, Általános Iskola, Szakképző Iskola, Technikum és Kollégium</t>
   </si>
   <si>
     <t>3882 Abaújkér, Rákóczi u. 8.</t>
   </si>
   <si>
     <t>18447893-1-05</t>
   </si>
   <si>
     <t>10201006-50285374-00000000</t>
   </si>
   <si>
     <t>wesleyabaujker@gmail.com</t>
   </si>
   <si>
     <t>www.abaujkeriskola.hu</t>
   </si>
   <si>
     <t>TSzI038</t>
   </si>
   <si>
     <t>2020. szeptember 1.</t>
   </si>
   <si>
     <t>Szentannai Sámuel Református Gimnázium, Technikum és Kollégium</t>
   </si>
   <si>
-    <t>5300 Karcag, Szentannai Sámuel u. 18.</t>
-[...1 lines deleted...]
-  <si>
     <t>sztannai@externet.hu</t>
   </si>
   <si>
     <t>Koncz Tibor</t>
   </si>
   <si>
     <t>Karcagi Református Egyházközség</t>
   </si>
   <si>
     <t>SzI039</t>
   </si>
   <si>
     <t>Ybl Miklós Szakgimnázium, Szakképző Iskola és Technikum</t>
   </si>
   <si>
     <t>Kalmár Ádám</t>
   </si>
   <si>
     <t>18499797-1-07</t>
   </si>
   <si>
     <t>10102952-49763000-01000000</t>
   </si>
   <si>
     <t>info@yszi.hu</t>
@@ -956,53 +932,50 @@
   <si>
     <t>7030 Paks, Dózsa György út 95.</t>
   </si>
   <si>
     <t>Csanádi Zoltán</t>
   </si>
   <si>
     <t>18860366-2-17</t>
   </si>
   <si>
     <t>10300002-10509001-49020010</t>
   </si>
   <si>
     <t>eszi@eszi.hu</t>
   </si>
   <si>
     <t>ESZI Intézményfenntartó és Működtető Alapítvány</t>
   </si>
   <si>
     <t>TSzI050</t>
   </si>
   <si>
     <t>Kiskunfélegyházi Szent Benedek PG Két Tanítási Nyelvű Technikum és Kollégium</t>
   </si>
   <si>
-    <t>6100 Kiskunfélegyháza, Kossuth u. 24.</t>
-[...1 lines deleted...]
-  <si>
     <t>Rokolya Csaba</t>
   </si>
   <si>
     <t>19153670-2-03</t>
   </si>
   <si>
     <t>10700031-71516220-51100005</t>
   </si>
   <si>
     <t>titkarsag.kiskunfelegyhaza@szbi.hu</t>
   </si>
   <si>
     <t>www.szbi-pg.hu</t>
   </si>
   <si>
     <t>kollégiumi ellátás</t>
   </si>
   <si>
     <t>Magyar Bencés Kongregáció Pannonhalmi Főapátság</t>
   </si>
   <si>
     <t>9090 Pannonhalma, Várkerület 1.</t>
   </si>
   <si>
     <t>Hortobágyi T. Cirill</t>
@@ -1301,53 +1274,50 @@
   <si>
     <t>2131 Göd, Jávorka Sándor utca 18.</t>
   </si>
   <si>
     <t>Galsa László</t>
   </si>
   <si>
     <t>19179210-2-13</t>
   </si>
   <si>
     <t>11742104-20044088</t>
   </si>
   <si>
     <t>god@god.piarista.hu</t>
   </si>
   <si>
     <t>Piarista Tartományfőnökség</t>
   </si>
   <si>
     <t>TSzI067</t>
   </si>
   <si>
     <t>Fáy András Görögkatolikus Technikum és Szakgimnázium</t>
   </si>
   <si>
-    <t>3529 Miskolc, Jászi Oszkár u. 1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Kondás Miklós</t>
   </si>
   <si>
     <t>18220117-2-05</t>
   </si>
   <si>
     <t>10700086-66754727-51100005</t>
   </si>
   <si>
     <t>Miskolci Egyházmegye Közfeladatellátó Intézményei Fenntartója</t>
   </si>
   <si>
     <t>Papp Zoltán</t>
   </si>
   <si>
     <t>TSzI068</t>
   </si>
   <si>
     <t>Georgikon Görögkatolikus Mezőgazdasági és Élelmiszeripari Technikum, Szakképző Iskola és Kollégium</t>
   </si>
   <si>
     <t>3980 Sátoraljaújhely, Kossuth Lajos utca 26.</t>
   </si>
   <si>
     <t>18756892-2-05</t>
@@ -1691,191 +1661,161 @@
   <si>
     <t>www.szechenyi-jaszapati.sulinet.hu</t>
   </si>
   <si>
     <t>TSzI087</t>
   </si>
   <si>
     <t>Szent József Katolikus Elektronikai Technikum, Gimnázium és Kollégium</t>
   </si>
   <si>
     <t>5100 Jászberény, Rákóczi út 13-15.</t>
   </si>
   <si>
     <t xml:space="preserve">Halász Péter Sándor </t>
   </si>
   <si>
     <t>kapcsolat@liska-szki.hu</t>
   </si>
   <si>
     <t>TSzI088</t>
   </si>
   <si>
     <t>Andrássy György Katolikus Közgazdasági Technikum, Gimnázium és Kollégium</t>
   </si>
   <si>
-    <t>3300 Eger, Klapka György u. 7.</t>
-[...4 lines deleted...]
-  <si>
     <t>Rozmán Éva</t>
   </si>
   <si>
     <t>18294293-2-10</t>
   </si>
   <si>
     <t>10700282-67530748-51100005</t>
   </si>
   <si>
     <t>titkarsag@andrassy-eger.hu</t>
   </si>
   <si>
     <t>www.ekszi.hu</t>
   </si>
   <si>
     <t>TSzI089</t>
   </si>
   <si>
     <t>Vak Bottyán János Katolikus Műszaki és Közgazdasági Technikum, Gimnázium és Kollégium</t>
   </si>
   <si>
-    <t>3200 Gyöngyös, Than Károly u. 1.</t>
-[...1 lines deleted...]
-  <si>
     <t>18220904-2-10</t>
   </si>
   <si>
     <t>10700299-66767042-51100005</t>
   </si>
   <si>
     <t>vbj@vbjnet.hu</t>
   </si>
   <si>
     <t>www.vbjnet.hu</t>
   </si>
   <si>
     <t>TSzl091</t>
   </si>
   <si>
     <t>Diana Fegyvertechnikai Technikum és Kollégium</t>
   </si>
   <si>
-    <t>6640 Csongrád, Jókai u. 14.</t>
-[...1 lines deleted...]
-  <si>
     <t>Bozó Gábor</t>
   </si>
   <si>
     <t>18469271-1-06</t>
   </si>
   <si>
     <t>57200048-10028784</t>
   </si>
   <si>
     <t>titkarsag@dianaszki.hu</t>
   </si>
   <si>
     <t>Diana Vadász- Felnőttképző Alapítvány</t>
   </si>
   <si>
     <t>Ajkai Gimnázium, Technikum, Szakképző Iskola, Általános Iskola, Sportiskola és Kollégium</t>
   </si>
   <si>
     <t>Németh Sándor</t>
   </si>
   <si>
     <t>18337543-2-19</t>
   </si>
   <si>
     <t>nsandor.ajka@gmail.com</t>
   </si>
   <si>
-    <t xml:space="preserve">Wigner Jenő Műszaki, Informatikai Technikum, Szakképző Iskola, Gimnázium és Kollégium </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Busák István </t>
   </si>
   <si>
     <t>busak_i@wigner.sulinet.hu</t>
   </si>
   <si>
     <t>www.wignerkozepiskola.hu</t>
   </si>
   <si>
     <t>SzI099</t>
   </si>
   <si>
     <t>Pécsi Tudományegyetem Kelemen Endre Egészségügyi Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>titkarsag.szdeszki@pte.hu</t>
   </si>
   <si>
     <t>Dr. Miseta Attila rektor</t>
   </si>
   <si>
     <t>SzI100</t>
   </si>
   <si>
     <t>Pécsi Tudományegyetem Szigeti-Gyula János Egészségügyi Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>7400 Kaposvár, Szent Imre utca 14/D</t>
   </si>
   <si>
-    <t>Veiger Katalin</t>
-[...1 lines deleted...]
-  <si>
     <t>szigeti@pte.hu</t>
   </si>
   <si>
     <t>www.szigeti.pte.hu</t>
   </si>
   <si>
     <t>Pécsi Tudományegyetem Szociális és Egészségügyi Technikum és Szakképző Iskola</t>
   </si>
   <si>
-    <t>7632 Pécs, Berek u. 15.</t>
-[...1 lines deleted...]
-  <si>
     <t>SzI102</t>
   </si>
   <si>
     <t>Pécsi Tudományegyetem Szent-Györgyi Albert Egészségügyi Technikum és Szakképző Iskola</t>
   </si>
   <si>
-    <t>9700 Szombathely, Jókai Mór u. 14.</t>
-[...1 lines deleted...]
-  <si>
     <t>Némethné Baráth Anikó</t>
   </si>
   <si>
     <t>TSzI103</t>
   </si>
   <si>
     <t>Debreceni Egyetem Balásházy János Gyakorló Technikuma, Gimnáziuma és Kollégiuma</t>
   </si>
   <si>
     <t>4002 Debrecen, Mezőgazdász utca 1.</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Dr. Szilvássy Zoltán </t>
   </si>
   <si>
     <t>SzI104</t>
   </si>
   <si>
     <t>2020. augusztus 25.</t>
   </si>
   <si>
     <t>Szegedi Tudományegyetem Kossuth Zsuzsanna Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>6724 Szeged, Kodály tér 1.</t>
@@ -1952,53 +1892,50 @@
   <si>
     <t>2020. szeptember 3.</t>
   </si>
   <si>
     <t>Budapesti Divatiskola Divat-stílustervező Művészeti Szakképző Iskola</t>
   </si>
   <si>
     <t>1055 Budapest, Honvéd utca 22.</t>
   </si>
   <si>
     <t>18209267-1-41</t>
   </si>
   <si>
     <t>info@divatiskola.hu</t>
   </si>
   <si>
     <t>www.divatiskola.hu</t>
   </si>
   <si>
     <t>SzI075</t>
   </si>
   <si>
     <t>Szent György Hang- és Filmművészeti Technikum</t>
   </si>
   <si>
-    <t>1096 Budapest, Lenhossék u. 24.</t>
-[...1 lines deleted...]
-  <si>
     <t>Kékesi Szabolcs</t>
   </si>
   <si>
     <t>18091090-1-43</t>
   </si>
   <si>
     <t>10300002-10490037-49020010</t>
   </si>
   <si>
     <t>iskola@szgyf.hu</t>
   </si>
   <si>
     <t>www.szgyf.hu</t>
   </si>
   <si>
     <t>Balogh Ildikó</t>
   </si>
   <si>
     <t>SzI092</t>
   </si>
   <si>
     <t>1223 Budapest, Művelődés utca 21.</t>
   </si>
   <si>
     <t>18277597-1-43</t>
@@ -2027,53 +1964,50 @@
   <si>
     <t>26945626-1-09</t>
   </si>
   <si>
     <t>BRILL KOZMETIKA SZEGED Kereskedelmi és Szolgáltató Korlátolt Felelősségű Társaság</t>
   </si>
   <si>
     <t xml:space="preserve">Árvai Ákos </t>
   </si>
   <si>
     <t>10918001-00000112-36190007</t>
   </si>
   <si>
     <t>SzI095</t>
   </si>
   <si>
     <t>Széchenyi István Egyetem Szent-Györgyi Albert Egészségügyi és Szociális Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>9024 Győr, Cuha utca 2.</t>
   </si>
   <si>
     <t>Pákozdi Magdolna</t>
   </si>
   <si>
-    <t xml:space="preserve">15308902-4-08 </t>
-[...1 lines deleted...]
-  <si>
     <t>10300002-10801842-00014908</t>
   </si>
   <si>
     <t>pakozdi.magdolna@sze.hu</t>
   </si>
   <si>
     <t>Széchenyi István Egyetem</t>
   </si>
   <si>
     <t>SzI106</t>
   </si>
   <si>
     <t>Miskolci Egyetem Ferenczi Sándor Egészségügyi Technikum</t>
   </si>
   <si>
     <t>3529 Miskolc, Szigethy Mihály utca 8.</t>
   </si>
   <si>
     <t>ferenczi@uni-miskolc.hu</t>
   </si>
   <si>
     <t>Miskolci Egyetem</t>
   </si>
   <si>
     <t>Prof. Dr. Horváth Zita</t>
@@ -2117,90 +2051,81 @@
   <si>
     <t>3100 Salgótarján, Acélgyári út 73.</t>
   </si>
   <si>
     <t>1068 Budapest, Rippl-Rónai utca 22-26.</t>
   </si>
   <si>
     <t>1194 Budapest, Csengő utca 1.</t>
   </si>
   <si>
     <t xml:space="preserve">Szabó Beáta </t>
   </si>
   <si>
     <t>Gavallérné Kancsal Ágnes</t>
   </si>
   <si>
     <t xml:space="preserve">Zaja Roland </t>
   </si>
   <si>
     <t>Dr. Merkely Béla</t>
   </si>
   <si>
     <t>Tomori Pál Főiskola</t>
   </si>
   <si>
-    <t>9021 Győr, Arany János u. 31/a</t>
-[...1 lines deleted...]
-  <si>
     <t>Farkasné Besenyei Mária (szmsz-ben foglaltak szerint)</t>
   </si>
   <si>
     <t>dr. Szilágyi Béla</t>
   </si>
   <si>
     <t>Hornyák Csaba</t>
   </si>
   <si>
     <t>Fenntartói döntés száma</t>
   </si>
   <si>
     <t>1/2021.02.25.</t>
   </si>
   <si>
     <t>Krizsány Patrícia</t>
   </si>
   <si>
     <t>TSzI111</t>
   </si>
   <si>
     <t>2021. május 31.</t>
   </si>
   <si>
     <t>Kolping Oktatási és Szociális Intézményfenntartó Szervezet (KOSZISZ)</t>
   </si>
   <si>
     <t>1083/2021.</t>
   </si>
   <si>
     <t>SzI112</t>
-  </si>
-[...4 lines deleted...]
-    <t>2509 Esztergom-kertváros, Wesselényi M. u. 35-39.</t>
   </si>
   <si>
     <t>OKTÁV Szakképző Központ Kft.</t>
   </si>
   <si>
     <t>19254991-2-16</t>
   </si>
   <si>
     <t>11745066-26014058</t>
   </si>
   <si>
     <t>www.szekacsrki.hu</t>
   </si>
   <si>
     <t>19252638-2-16</t>
   </si>
   <si>
     <t>11745035-26757953</t>
   </si>
   <si>
     <t>2020. augusztus 6.</t>
   </si>
   <si>
     <t>Wesselényi Balázs</t>
   </si>
@@ -2497,128 +2422,109 @@
   <si>
     <t>Biatorbágyi Innovatív Technikum és Gimnázium</t>
   </si>
   <si>
     <t>Frész Attila József</t>
   </si>
   <si>
     <t>19309864-1-12</t>
   </si>
   <si>
     <t>11741055-21444670</t>
   </si>
   <si>
     <t>19308681-2-02</t>
   </si>
   <si>
     <t>11731001-23135378</t>
   </si>
   <si>
     <t>TSzI119</t>
   </si>
   <si>
     <t>2021. október 27.</t>
   </si>
   <si>
-    <t>9700 Szombathely, Petőfi Sándor u. 6.</t>
-[...1 lines deleted...]
-  <si>
     <t>Tálas Józsefné Kovács Mária</t>
   </si>
   <si>
     <t>Szombathelyi Egyházmegye</t>
   </si>
   <si>
     <t>2021. október 5.</t>
   </si>
   <si>
     <t>1203 Budapest, Ónodi utca 14.</t>
   </si>
   <si>
     <t>19309998-1-17</t>
   </si>
   <si>
     <t>11739030-23922554-00000000</t>
   </si>
   <si>
     <t>SzI120</t>
   </si>
   <si>
     <t>2022. január 11.</t>
   </si>
   <si>
     <t>Mátrix Szakképző Iskola</t>
-  </si>
-[...5 lines deleted...]
-6000 Kecskemét, Felsőkomárnok u. 2.</t>
   </si>
   <si>
     <t>Kreatív Tanulási Alapítvány</t>
   </si>
   <si>
     <t>19310448-1-05</t>
   </si>
   <si>
     <t>11784009-22237051-00000000</t>
   </si>
   <si>
     <t>Dr. Sudárné Fekete Katalin igazgatóhelyettes, mb. igazgató</t>
   </si>
   <si>
     <t>18222133-1-05</t>
   </si>
   <si>
     <t>46-DUEKAB/2022</t>
   </si>
   <si>
     <t>Epona Spanyol Lovas Szakképző Iskola, Technikum és Kollégium</t>
   </si>
   <si>
     <t>91/2020. (05.25.),
 49/2022(02.28)</t>
   </si>
   <si>
     <t>Fáy András Technikum, Gimnázium, Szakképző Iskola, Szakgimnázium, Alapfokú Művészeti Iskola és Kollégium</t>
   </si>
   <si>
-    <t>4641 Mezőladány, Kossuth u. 13.
-[...4 lines deleted...]
-  <si>
     <t>29/2021. (2021. október 5.)</t>
   </si>
   <si>
     <t>Dremákné Nagy Márta Katalin</t>
-  </si>
-[...1 lines deleted...]
-    <t>9700 Szombathely, Szily János u. 1.</t>
   </si>
   <si>
     <t>11747006-27265226</t>
   </si>
   <si>
     <t>Boldog Salkaházi Sára Technikum és Kollégium</t>
   </si>
   <si>
     <t>Thaisz Miklós kuratóriumi elnök</t>
   </si>
   <si>
     <t>2020. május 5.
 2021. április 13.
 2022. április 26.</t>
   </si>
   <si>
     <t>24/2020. (05.05.)
 7/2021. (04.13.)
 2/2022. (04.26)</t>
   </si>
   <si>
     <t>gimnáziumi nevelés-oktatás</t>
   </si>
   <si>
     <t>-</t>
@@ -2650,53 +2556,50 @@
   <si>
     <t>2022. június 15.</t>
   </si>
   <si>
     <t>Dankó Pista Óvoda, Általános Iskola, Gimnázium, Szakgimnázium, Technikum, Szakképző Iskola és Kollégium - KATICA Bölcsőde</t>
   </si>
   <si>
     <t>4235 Biri, Mező utca 21.</t>
   </si>
   <si>
     <t>Almási Katalin</t>
   </si>
   <si>
     <t>68800082-11052898-00000000</t>
   </si>
   <si>
     <t>SZ/2021/04/29/11.
 SZ/2022/05/27/03.</t>
   </si>
   <si>
     <t>86/2020. (május 20.),
 48/2022.(02.28),
 95/2022.(05.27.)</t>
   </si>
   <si>
-    <t>1215 Budapest, Árpád u. 1.</t>
-[...1 lines deleted...]
-  <si>
     <t>11745073-26027988</t>
   </si>
   <si>
     <t>3/0515/2020.
 MET 2/0530/2022.</t>
   </si>
   <si>
     <t>Hit Gyülekezete Oktatási Főigazgatósága</t>
   </si>
   <si>
     <t>Horváth András</t>
   </si>
   <si>
     <t>Kempelen Farkas Alapítványi Technikum, Szakképző Iskola és Kollégium</t>
   </si>
   <si>
     <t>SzI101</t>
   </si>
   <si>
     <t>19253378-2-16</t>
   </si>
   <si>
     <t>SzI122</t>
   </si>
   <si>
@@ -2811,128 +2714,114 @@
   <si>
     <t>4025 Debrecen, Petőfi tér 8.</t>
   </si>
   <si>
     <t>1053 Budapest, Veres Pálné utca 7.</t>
   </si>
   <si>
     <t>8440 Herend, Kossuth L. utca 140.</t>
   </si>
   <si>
     <t>3300 Eger, Széchenyi utca 1.</t>
   </si>
   <si>
     <t>9026 Győr, Egyetem tér 1.</t>
   </si>
   <si>
     <t>2509 Esztergom, Wesselényi út 35-39.</t>
   </si>
   <si>
     <t>1221 Budapest, Kossuth Lajos utca 64.</t>
   </si>
   <si>
     <t>9700 Szombathely, Berzsenyi tér 3.</t>
   </si>
   <si>
-    <t>1039 Budapest, Kelta utca 2</t>
-[...1 lines deleted...]
-  <si>
     <t>A Köznevelésért és Szakképzésért Alapítvány</t>
   </si>
   <si>
     <t>1139 Budapest, Frangepán utca 3.</t>
   </si>
   <si>
     <t>1035 Budapest, Vihar utca 8.</t>
   </si>
   <si>
     <t>2700 Cegléd, Iskola u. 1.</t>
   </si>
   <si>
     <t>3526 Miskolc, Szeles utca 59.</t>
   </si>
   <si>
     <t>4235 Biri, Fő út 50.</t>
   </si>
   <si>
     <t>7622 Pécs, Vasvári Pál utca 4.</t>
   </si>
   <si>
     <t>4032 Debrecen, Egyetem tér 1.</t>
   </si>
   <si>
     <t>2401 Dunaújváros, Táncsics Mihály utca 1/A</t>
   </si>
   <si>
     <t>1085 Budapest, Üllői út 26.</t>
   </si>
   <si>
     <t>6720 Szeged, Dugonics tér 13.</t>
   </si>
   <si>
     <t>3950 Sárospatak, Eötvös út 7.</t>
   </si>
   <si>
     <t>1052 Budapest, Piarista köz 1.</t>
   </si>
   <si>
     <t>1143 Budapest, Hungária krt. 69.</t>
   </si>
   <si>
     <t>2600 Vác, Migazzi Kristóf tér 1.</t>
   </si>
   <si>
     <t>9090 Pannonhalma, Vár 1.</t>
   </si>
   <si>
-    <t>2066 Szár, Hrsz. 075</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">3515 Miskolc, Egyetemváros </t>
   </si>
   <si>
-    <t>1192 Budapest, Kós Károly tér 4</t>
-[...1 lines deleted...]
-  <si>
     <t>6237 Kecel, Császártöltési utca 56.</t>
   </si>
   <si>
     <t>5200 Törökszentmiklós, Kossuth Lajos u. 114.</t>
   </si>
   <si>
     <t>4024 Debrecen, Kossuth utca 23. 1. em. 4.</t>
   </si>
   <si>
     <t>Száraz Tamás</t>
   </si>
   <si>
     <t>Várszegi Éva Margit megbízott igazgató</t>
-  </si>
-[...3 lines deleted...]
-4034 Debrecen, Kolónia utca 1/A.;</t>
   </si>
   <si>
     <t>173/2021. (07.22)</t>
   </si>
   <si>
     <t>2020. július 1.; 
 2021. augusztus 1.</t>
   </si>
   <si>
     <t>Inotay György</t>
   </si>
   <si>
     <t>Urbán Judit</t>
   </si>
   <si>
     <t>Juhász Anikó megbízott igazgató</t>
   </si>
   <si>
     <t>6400 Kiskunhalas, Kossuth utca 39.
 6400 Kiskunhalas, Vállalkozók útja 2. (Tanműhely I.)
 6400 Kiskunhalas, Majsai út 1. (Tanműhely II.)</t>
   </si>
   <si>
     <t>2900 Komárom, Klapka György út 35.
 2900 Komárom, Szent László utca 1.</t>
@@ -3017,57 +2906,51 @@
   </si>
   <si>
     <t>6/2020.05.28.,
 1/2023.02.02.</t>
   </si>
   <si>
     <t>2020. május 28.;
 2023. február 2.</t>
   </si>
   <si>
     <t>SzI123</t>
   </si>
   <si>
     <t>2023. május 9.</t>
   </si>
   <si>
     <t>SZÉV Oktatási és Szolgáltató Kft.</t>
   </si>
   <si>
     <t>3527 Miskolc, Bajcsy-Zsilinszky utca 17. 2. em</t>
   </si>
   <si>
     <t>SZÉV Szakképző Iskola és Technikum</t>
   </si>
   <si>
-    <t>3527 Miskolc, Szekerész utca 5.</t>
-[...1 lines deleted...]
-  <si>
     <t>Kocsis István igazgató</t>
-  </si>
-[...1 lines deleted...]
-    <t>2023. március 9.</t>
   </si>
   <si>
     <t>Vajda Károly ügyvezető</t>
   </si>
   <si>
     <t>Kövessi Erzsébet Baptista Technikum, Szakképző Iskola, Gimnázium, Szakgimnázium és Általános Iskola</t>
   </si>
   <si>
     <t>19310053-4-11</t>
   </si>
   <si>
     <t>18292363-1-10</t>
   </si>
   <si>
     <t>11739030-23923311-00000000</t>
   </si>
   <si>
     <t>25/2020. (05.05.), 
 8/2021. (04.13.)
 2/2023 (04.28.)</t>
   </si>
   <si>
     <t>2020. május 29.
 2023. március 29.</t>
   </si>
@@ -3188,169 +3071,135 @@
     <t>technikumi szakmai oktatás;
 szakképző iskolai szakmai oktatás</t>
   </si>
   <si>
     <t>kollégiumi ellátás; 
 felnőttoktatás; 
 a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása</t>
   </si>
   <si>
     <t>technikumi szakmai oktatás; 
 szakképző iskolai szakmai oktatás</t>
   </si>
   <si>
     <t>19294784-2-44</t>
   </si>
   <si>
     <t>11784009-22234780-00000000</t>
   </si>
   <si>
     <t>Dr. Princz Zoltán igazgató</t>
   </si>
   <si>
     <t xml:space="preserve">7400 Kaposvár, Kisiván 0299/6 hrsz.; 0299/2 hrsz.; 0297 hrsz. </t>
   </si>
   <si>
-    <t>7400 Kaposvár, Guba Sándor u. 40.</t>
-[...1 lines deleted...]
-  <si>
     <t>MATE Móricz Zsigmond Mezőgazdasági Technikum, Szakképző Iskola és Kollégium</t>
   </si>
   <si>
     <t>Széchenyi István Egyetem Veres Péter Mezőgazdasági és Élelmiszeripari Technikum, Szakképző Iskola és Kollégium</t>
   </si>
   <si>
     <t>Prof. Dr. Gyuricza Csaba rektor</t>
   </si>
   <si>
     <t>Dr. Filep Bálint elnök és Prof. Dr. Friedler Ferenc rektor</t>
   </si>
   <si>
     <t>Magyar Agrár- és Élettudományi Egyetem</t>
-  </si>
-[...1 lines deleted...]
-    <t>2100 Gödöllő, Páter Károly u. 1.</t>
   </si>
   <si>
     <t>2023. július 1.</t>
   </si>
   <si>
     <t>+36-82/510-207</t>
   </si>
   <si>
     <t>+36-96/427-522</t>
   </si>
   <si>
     <t>titkarsag@veresp-gyor.edu.hu</t>
   </si>
   <si>
     <t>www.veresp-gyor.edu.hu</t>
   </si>
   <si>
     <t>8105 Pétfürdő, Berhida út 15.</t>
   </si>
   <si>
     <t>12001008-01668007-00100007 Raiffeisen Bank
 12001008-01668007-00100004 Raiffeisen Bank</t>
   </si>
   <si>
     <t>9028 Győr, Régi Veszprémi út 1-3.</t>
   </si>
   <si>
     <t>4600 Kisvárda, Zrínyi tér 18.</t>
   </si>
   <si>
     <t>Fazakas Zoltán Márton apát, prépost-prelátus</t>
   </si>
   <si>
     <t>Premontrei Szakgimnázium és Technikum</t>
   </si>
   <si>
-    <t>4232 Geszteréd, Petőfi út 8.
-[...14 lines deleted...]
-  <si>
     <t>1/0523/2023.</t>
   </si>
   <si>
     <t>TSzI126</t>
   </si>
   <si>
     <t>2023. július 4.</t>
   </si>
   <si>
     <t>Skoda László Józsefné</t>
   </si>
   <si>
     <t>2023. március 16.</t>
   </si>
   <si>
     <t>Stúdium Üzleti, Szolgáltatási Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>3529 Miskolc, Csabai kapu 25.</t>
   </si>
   <si>
-    <t>3527 Miskolc, Soltász Nagy Kálmán u. 95.</t>
-[...4 lines deleted...]
-  <si>
     <t>+36-46/401-006</t>
-  </si>
-[...1 lines deleted...]
-    <t>skoda.laszlone@oktatasi-studio.hu</t>
   </si>
   <si>
     <t xml:space="preserve">óvodai nevelés, 
 kollégiumi ellátás, 
 gimnáziumi nevelése-oktatás, 
 szakiskolai nevelés-oktatás, 
 készségfejlesztő iskolai nevelés-oktatás, 
 felnőttoktatás, 
 alapfokú művészetoktatás, 
 fejlesztő nevelés-oktatás, pedagógiai szakszolgálati feladat, 
 a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása, pedagógiai szakmai szolgáltatás </t>
   </si>
   <si>
     <t>Oktatási Stúdió Szakképzési Alapítvány</t>
-  </si>
-[...1 lines deleted...]
-    <t>3528 Miskolc, Stromfeld u. 3.</t>
   </si>
   <si>
     <t>TSzI127</t>
   </si>
   <si>
     <t>2023. szeptember 1.</t>
   </si>
   <si>
     <t>TSzI128</t>
   </si>
   <si>
     <t>Dr. Ámbédkar Gimnázium, Technikum, Szakképző Iskola, Általános Iskola és Martin Luther King Középiskolai Kollégium</t>
   </si>
   <si>
     <t>3534 Miskolc, Kiss tábornok utca 78.</t>
   </si>
   <si>
     <t>Derdák Tibor igazgató</t>
   </si>
   <si>
     <t>19332424-1-05</t>
   </si>
   <si>
     <t>12037805-00337608-00100002</t>
   </si>
@@ -3508,53 +3357,50 @@
     </r>
   </si>
   <si>
     <t>33/2023 (VII.7.)</t>
   </si>
   <si>
     <t>Aradi János</t>
   </si>
   <si>
     <t>Rose Réka</t>
   </si>
   <si>
     <t>1171 Budapest, Péceli út 101.</t>
   </si>
   <si>
     <t>Rose Kinga</t>
   </si>
   <si>
     <t>Kristó László Örs</t>
   </si>
   <si>
     <t>6640 Csongrád, Dob utca 4-8.</t>
   </si>
   <si>
     <t>19361145-1-05</t>
-  </si>
-[...1 lines deleted...]
-    <t>10300002-13500936-00014907</t>
   </si>
   <si>
     <t>gimnáziumi nevelés-oktatás;
 szakgimnáziumi nevelés-oktatás; nemzetiséghez tartozók gimnáziumi nevelése-oktatása; nemzetiséghez tartozók szakgimnáziumi nevelése-oktatása;  alapfokú művészetoktatás; 
 nemzetiségi kollégiumi ellátás; 
 nemzetiségi alapfokú művészeti oktatás; kollégiumi ellátás, a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>2020. augusztus 6.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -4164,56 +4010,50 @@
   <si>
     <t>+36-47/552-005</t>
   </si>
   <si>
     <t>tokajimg@the-mg.hu</t>
   </si>
   <si>
     <t>+36-47/352-611</t>
   </si>
   <si>
     <t>info@the-kik.hu</t>
   </si>
   <si>
     <t>titkarsag.semmelweis@semmelweis.hu</t>
   </si>
   <si>
     <t>titkarsag.raoul@semmelweis.hu</t>
   </si>
   <si>
     <t>+36- 1/655-53-80</t>
   </si>
   <si>
     <t>+36-1/215-75-97</t>
   </si>
   <si>
-    <t>18013100-1-42</t>
-[...4 lines deleted...]
-  <si>
     <t>kollégiumi ellátás; 
 a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása</t>
   </si>
   <si>
     <t>szakgimnáziumi nevelés-oktatás; 
 felnőttoktatás</t>
   </si>
   <si>
     <t xml:space="preserve">62100119-11022475; 
 62100119-11025124 </t>
   </si>
   <si>
     <t>65100015-11345721; 
 11742025-29904068</t>
   </si>
   <si>
     <t>OTP Bank Nyrt - 11784009-20604022; 
 OTP Bank Nyrt (EUR) - 11763842-00392884</t>
   </si>
   <si>
     <t>OTP 11784009-20604046; 
 OTP 11763842-00539881</t>
   </si>
   <si>
     <t>11100104-75015666-01000003; 
@@ -4423,54 +4263,50 @@
     <t>+36-57/540-960</t>
   </si>
   <si>
     <t>+36-57/412-818</t>
   </si>
   <si>
     <t>+36-36/510-060</t>
   </si>
   <si>
     <t>+36-37/505-100</t>
   </si>
   <si>
     <t>+36-63/483-790</t>
   </si>
   <si>
     <t>+36-88/211-834</t>
   </si>
   <si>
     <t>+36- 96/332-573</t>
   </si>
   <si>
     <t>+36-56/515-115</t>
   </si>
   <si>
     <t>+36-74/511-920</t>
-  </si>
-[...2 lines deleted...]
-+36-30/619-40-41</t>
   </si>
   <si>
     <t>+36-72/550-130</t>
   </si>
   <si>
     <t>+36-94/311-170 /45-ös mellék</t>
   </si>
   <si>
     <t>+36-1/203-03-04 /6130-as vagy 3000-es mellék</t>
   </si>
   <si>
     <t>+36-52/518-690</t>
   </si>
   <si>
     <t>+36- 62/550-486</t>
   </si>
   <si>
     <t>+36-30/156-69-60</t>
   </si>
   <si>
     <t>+36-46/508-095</t>
   </si>
   <si>
     <t>+36-46/412-275</t>
   </si>
@@ -5003,102 +4839,92 @@
   <si>
     <t>114/2020. (V.29.)
 1/2021. (IV.30.)
 2/2021. (IV.30.)
 179/2023 (III.14.)
 225/2024. (04.29.)</t>
   </si>
   <si>
     <t>+36-1/244-82-42
 +36-30/392-67-42</t>
   </si>
   <si>
     <t>115/2020. (V.29.)
 1/2021. (IV.30.)
 2/2021. (IV.30.)
 178/2023 (III.14.)
 223/2024. (IV.29.)</t>
   </si>
   <si>
     <t>Premontrei Intézmény Fenntartó</t>
   </si>
   <si>
     <t>2072 Zsámbék, Piac köz 8. (HRSZ: 895/2) (B épület)</t>
   </si>
   <si>
-    <t>2072 Zsámbék, Piac köz 8. HRSZ.: 895/1 (C épület)
-[...3 lines deleted...]
-  <si>
     <t>www.zspsz.hu</t>
   </si>
   <si>
     <t>9/2021
 11/2021.
 7/2022.
 8/2022.
 14/2023.
 15/2023.
 07/2024.
 08/2024.</t>
   </si>
   <si>
     <t>60/1/2022
 31/1/2023.
 31/1/2024.</t>
   </si>
   <si>
     <t>Pannonhalmi Főapátság Szegedi SOB Technikuma</t>
   </si>
   <si>
     <t>6727 Szeged, Lidicei tér1.</t>
   </si>
   <si>
     <t>Osztrovszky utcai telephelye: 6721 Szeged, Osztrovszky utca 5.
 Agyagos utcai telephelye: 6723 Szeged, Agyagos utca 40.
 Kistelek, Ifjúság téri telephelye: 6760 Kistelek, Ifjúság utca 3.
 Kenyérgyári úti telephelye: 6724 Szeged, Kenyérgyári út 12.
 Korányi fasori telephelye: 6720 Szeged, Korányi fasor 4.</t>
   </si>
   <si>
     <t>2020. május 21.
 2021. május 7.
 2022. augusztus 24.
 2023. március 27.
 2024. február 15.</t>
   </si>
   <si>
     <t>28-3/2021.
 54-2/2022
 19-2/2023.
 10-2/2024.</t>
-  </si>
-[...3 lines deleted...]
-Pest vármegye: 2040 Budaörs, Esze Tamás u. 3.</t>
   </si>
   <si>
     <r>
       <t>gimnáziumi nevelés-oktatás;
  felnőttoktatás;</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -5299,59 +5125,50 @@
 2024. május 17.</t>
   </si>
   <si>
     <t>1-3/20-0043-0002/2020.
 1/2022
 23/2022.
 00222-0002/2023
 OFI/44-4/2024</t>
   </si>
   <si>
     <t>Dr. Filep Bálint kancellár
 Dr. Friedler Ferenc rektor</t>
   </si>
   <si>
     <t>ABAKUSZ Többcélú Szakképző Intézmény</t>
   </si>
   <si>
     <t>Kocsis Fülöp érsek-metropolita
 Czövek Éva oktatási megbízott</t>
   </si>
   <si>
     <t>Miskolci Kolping Katolikus Technikum, Szakképző Iskola, Szakiskola és Szakgimnázium</t>
   </si>
   <si>
     <t>1039 Budapest, Kelta utca 2.</t>
-  </si>
-[...7 lines deleted...]
-4600 Kisvárda, Malomköz 2.</t>
   </si>
   <si>
     <t>szakgimnáziumi nevelés-oktatás; 
 szakiskolai nevelés-oktatás
 felnőttoktatás; 
 a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása</t>
   </si>
   <si>
     <t>gimnáziumi nevelés-oktatás;
 a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása</t>
   </si>
   <si>
     <t>készségfejlesztő iskolai nevelés-oktatás;
 gimnáziumi nevelés-oktatás;
 szakiskolai nevelés-oktatás;
 felnőttoktatás;
 a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelés-oktatása;
 azoknak a sajátos nevelési igényű gyermekeknek, tanulóknak az óvodai nevelése, iskolai nevelése-oktatása,
 sajátos nevelési igényű gyermekeknek, tanulóknak az óvodai nevelése, iskolai nevelése-oktatása</t>
   </si>
   <si>
     <t>23/2021. (02.26.) Hsz.
 27/2021. (03.17.) Hsz.
 50/2022(02.28).
 96/2022.(05.27.)
@@ -5564,54 +5381,50 @@
   </si>
   <si>
     <t>2024/06.05/1</t>
   </si>
   <si>
     <t>Kálmán Dávid 
 mb. igazgató</t>
   </si>
   <si>
     <t>19308681-4-02</t>
   </si>
   <si>
     <t xml:space="preserve">kollégiumi ellátás, 
 gimnáziumi nevelés-oktatás; 
 felnőttoktatás; 
 a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása; 
 pedagógiai-szakmai szolgáltatás </t>
   </si>
   <si>
     <t>Borsó Dorottya Zsuzsanna megbízott igazgató</t>
   </si>
   <si>
     <t>19402015-1-43</t>
   </si>
   <si>
-    <t>6000 Kecskemét, Talfája tanya 8/A.
-[...2 lines deleted...]
-  <si>
     <t>2080 Pilisjászfalu, Bécsi út 30. A épület, 1. emelet
 1143 Budapest, Gizella utca 36.
 1143 Budapest, Gizella utca 42-44.
 2521 Csolnok, Kossuth Lajos utca 6.
 2519 Piliscsév, Iskola utca 1-3.
 5600 Békéscsaba, Kinizsi utca 1/2. I. emelet 4. és 5.</t>
   </si>
   <si>
     <t>26977137-1-11</t>
   </si>
   <si>
     <t>11740023-24031583</t>
   </si>
   <si>
     <t>2020. május 27.
 2020. november 27. 
 2022. július 25.
 2023. május 30.
 2024. május 30.
 2025. január 23.</t>
   </si>
   <si>
     <t>Budapesti Katolikus Intézményfenntartó Központ</t>
   </si>
   <si>
@@ -5652,119 +5465,98 @@
   <si>
     <t>2020. május 25.
 2024. július 1.
 2024. szeptember 1.
 2025. március 14.</t>
   </si>
   <si>
     <t>2020. május 15.
 2021. május 18.
 2022. május 16.
 2023. május 15.
 2024. május 13.
 2025. március 10.</t>
   </si>
   <si>
     <t>2020. május 27.
 2023. július 12.
 2025. február 6.</t>
   </si>
   <si>
     <t>2021. július 2.
 2022. május 17.
 2023. március 29.
 2024. április 29.
 2025. február 28.</t>
-  </si>
-[...16 lines deleted...]
-4400 Nyíregyháza, Petrikovics utca 2/B oktatási épület, Hrsz: 6965/2</t>
   </si>
   <si>
     <t>7030 Paks, Gagarin u.3. (Kollégium)</t>
   </si>
   <si>
     <t>4400 Nyíregyháza, Honvéd út 41.
 4400 Nyíregyháza, Luther utca 7.
 4400 Nyíregyháza, Szabadság tér 9.
 4320 Nagykálló, Szabadság tér 5.
 4400 Nyíregyháza, Ér utca 7.
 8000 Székesfehérvár, Várkörút 52. 
 4025 Debrecen, Széchenyi utca 8. 
 4440 Tiszavasvári, Kossuth utca 76. 
 3533 Miskolc, Téglagyári utca 2. 
 3534 Miskolc, Bertalan utca 4. 
 4400 Nyíregyháza, Báthori utca 5. 
 4400 Nyíregyháza, Vasvári Pál utca 1. 
 6723 Szeged, Pósz Jenő utca 2. 
 5000 Szolnok, Karczag László utca 2.</t>
   </si>
   <si>
     <t>SzI132</t>
   </si>
   <si>
     <t>2025. április 1.</t>
   </si>
   <si>
     <t>Passzív</t>
   </si>
   <si>
     <t>DUNA Tudásiskola Non-profit Korlátolt Felelősségű Társaság</t>
   </si>
   <si>
     <t>2510 Dorog, Gorkij utca 37.</t>
   </si>
   <si>
     <t>Komár Kornél</t>
   </si>
   <si>
     <t>1/2024.07.01.</t>
   </si>
   <si>
     <t>+36-33/513-100</t>
   </si>
   <si>
     <t>+36-33/513-101</t>
   </si>
   <si>
-    <t>dunagaziskola@dunagaz.hu</t>
-[...1 lines deleted...]
-  <si>
     <t>Bertalan Zsolt</t>
   </si>
   <si>
     <t>DUNA Tudásiskola Nkft. Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>3400 Mezőkövesd, gróf Zichy János utca 22.</t>
   </si>
   <si>
     <t>2400 Dunaújváros, Táncsics Mihály utca 1-1.</t>
   </si>
   <si>
     <t>3400 Mezőkövesd, gróf Zichy János utca 18.</t>
   </si>
   <si>
     <t>3950 Sárospatak, Arany János utca 5.</t>
   </si>
   <si>
     <t xml:space="preserve">3950 Sárospatak, Árpád utca 5.
 3950 Sárospatak, József Attila utca 33. </t>
   </si>
   <si>
     <t>Csányi Miklós igazgató</t>
   </si>
   <si>
@@ -5774,70 +5566,50 @@
 2025. április 23.</t>
   </si>
   <si>
     <t>2020. június 24.
 2021. április 30. 
 2022. szeptember 6.
 2023. május 3.
 2024. május 13.
 2025. május 6.</t>
   </si>
   <si>
     <t>2020. június 24.
 2022. április 25.
 2023. május 3.
 2024. május 13.
 2025. április 29.</t>
   </si>
   <si>
     <t>2021. február 23.
 2022. május 24.
 2023. március 28.
 2023. június 22.
 2024. március 11.
 2025. január 24.
 2025. május 15.</t>
-  </si>
-[...18 lines deleted...]
-8900 Zalaegerszeg, Rákóczi út 4-8.</t>
   </si>
   <si>
     <t>19401980-1-05</t>
   </si>
   <si>
     <t>10300002-14016853-00014904</t>
   </si>
   <si>
     <t>2020. június 24.
 2021. április 30.
 2023. május 3.
 2024. május 13.
 2025. április 28.</t>
   </si>
   <si>
     <t>2020. május 25.
 2023. május 15.
 2023. december 4.
 2025. május 12.</t>
   </si>
   <si>
     <t>2020. június 24.
 2021. április 30.
 2022. április 25.
 2024. május 13.
@@ -5898,53 +5670,50 @@
   <si>
     <t>SzI134</t>
   </si>
   <si>
     <t>TSzI133</t>
   </si>
   <si>
     <t>2020. május 20.
 2021. május 18.
 2021. június 8.
 2022. február 28.
 2022. május 27.
 2023. május 25.
 2025. május 26.</t>
   </si>
   <si>
     <t>Kolping Nagyváthy János Technikum, Szakképző Iskola és Kollégium</t>
   </si>
   <si>
     <t>11784009-20603117</t>
   </si>
   <si>
     <t>11742513-21459162</t>
   </si>
   <si>
-    <t>+36-20/912-80-32</t>
-[...1 lines deleted...]
-  <si>
     <t>www.hidrakepzes.hu</t>
   </si>
   <si>
     <t>2025. július 1.</t>
   </si>
   <si>
     <t>Magyar László Görögkatolikus Gimnázium és Technikum</t>
   </si>
   <si>
     <t>Gál Ferenc Egyetem Szegedi Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>7020 Dunaföldvár, Templom utca 5.</t>
   </si>
   <si>
     <t>6721 Szeged, Osztrovszky utca 1/b.</t>
   </si>
   <si>
     <t>6720 Szeged, Gutenberg utca 25-27.</t>
   </si>
   <si>
     <t>Pálfiné Sűrű Anna</t>
   </si>
   <si>
     <t>Lipcsei Marianna mb. igazgató</t>
@@ -5997,133 +5766,115 @@
   <si>
     <t>Dostal Józsefné</t>
   </si>
   <si>
     <t>Tüske Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>5000 Szolnok, Jubileum tér 1/a.</t>
   </si>
   <si>
     <t>Adorján Botond</t>
   </si>
   <si>
     <t>+36-30/991-43-52</t>
   </si>
   <si>
     <t>tuske.iskola@gmail.com</t>
   </si>
   <si>
     <t>www.tuskeiskola.hu</t>
   </si>
   <si>
     <t>I/2025. (II.28.)</t>
   </si>
   <si>
-    <t>Sipos Etelka</t>
-[...1 lines deleted...]
-  <si>
     <t>50453197-10018235-00000000</t>
   </si>
   <si>
     <t>csurgo@okt.koszisz.hu</t>
   </si>
   <si>
     <t>+36-70/400-25-50</t>
   </si>
   <si>
     <t>mezohegyes.szakkepzes@gmail.com</t>
   </si>
   <si>
     <t>www.mezohegyes-szakkepzes.edu.hu</t>
   </si>
   <si>
-    <t>kollégium: 9730 Kőszeg, Schey Fülöp u. 2. 
-[...4 lines deleted...]
-  <si>
     <t>+36-20/261-12-93</t>
   </si>
   <si>
     <t>19322999-1-13</t>
   </si>
   <si>
     <t>+36-70/779-70-15</t>
   </si>
   <si>
     <t>www.matrixoktatas.hu</t>
-  </si>
-[...1 lines deleted...]
-    <t>fogarassybori@hidrakepzes.hu</t>
   </si>
   <si>
     <t>Bialkó Mária</t>
   </si>
   <si>
     <t>3534 Miskolc, Bertalan utca 4.</t>
   </si>
   <si>
     <t>Zentai Ildikó Enikő 
 mb. igazgató</t>
   </si>
   <si>
     <t>www.gszo.hu</t>
   </si>
   <si>
     <t>2020. május 25.
 2021. május 19.
 2021. december 11.
 2022. május 27.
 2023. május 22.
 2024. május 28.
 2025. május 7.</t>
   </si>
   <si>
     <t>2020. június 11.
 2021. május 31.
 2022. május 23.
 2022. július 21.
 2023. április 11.
 2023. május 17.
 2025. május 26.</t>
   </si>
   <si>
     <t>7/2021. (V.31.)
 5/2022. (V.23.)
 7/2022. (VII.21.)
 4/2023 (IV.11.)
 8/2023 (V.17.) 
 5/2025. (II.21.)
 11/2025. (V.26.)</t>
-  </si>
-[...4 lines deleted...]
-2025. június 25.</t>
   </si>
   <si>
     <t>Bánki Donát Intézményegység, tanműhelyek (8400 Ajka, Berzsenyi Dániel utca 9.)
 Bercsényi Miklós Intézményegység, középiskola (8400 Ajka, Felsőcsingeri út 1. 8451 Ajka-Padragkút, Iskola utca 30.)
 Csodavár Intézményegység, általános iskola (8451 Ajka-Padragkút, Iskola utca 30.)
 Tanműhely (vendéglő) (8400 Ajka, Felsőcsingeri út 2.)
 Csodavár Intézményegység, általános iskola (8400 Ajka, Bródy Imre utca 6.) 
 Csodavár Intézményegység, általános iskola (8400 Ajka, Bródy Imre utca 7.)</t>
   </si>
   <si>
     <t>Szűcs Judit 
 igazgató</t>
   </si>
   <si>
     <t>2020. május 6.;
 2023. március 22.
 2023. május 3.
 2024. május 8.
 2025. május 14.</t>
   </si>
   <si>
     <t>2020. május 25.
 2021. május 19.
 2021. november 4.
 2022. május 27.
@@ -6366,56 +6117,50 @@
   </si>
   <si>
     <t>óvodai nevelés; 
 általános iskolai nevelés-oktatás;
 kollégiumi ellátás; 
 gimnáziumi nevelés-oktatás;
 a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása; 
 azoknak a sajátos nevelési igényű gyermekeknek, tanulóknak az óvodai nevelése, iskolai nevelése-oktatása, kollégiumi ellátása, akik az e célra létrehozott gyógypedagógiai, konduktív pedagógiai nevelési-oktatási intézményben, óvodai csoportban, iskolai osztályban, kollégiumi csoportban eredményesebben foglalkoztathatóak</t>
   </si>
   <si>
     <t>2020. június 22.
 2022. április 25.
 2022. július 14.
 2024. március 27.
 2024. május 29. 
 2025. május 5.</t>
   </si>
   <si>
     <t>2020. május 26.
 2022. május 18.
 2024. május 21. 
 2025. május 9. 
 2025. május 27.</t>
   </si>
   <si>
-    <t>2020. július 17.
-[...4 lines deleted...]
-  <si>
     <t>2021. március 17.
 2022. február 28.
 2022. május 27.
 2023. május 25.
 2024. május 31. 
 2025. május 8.</t>
   </si>
   <si>
     <t>3860 Encs, Petőfi Sándor utca 60. 
 3533 Miskolc, Bolyai F. utca 10.</t>
   </si>
   <si>
     <t>2023. június 13.
 2024. május 22. 
 2025. május 19.</t>
   </si>
   <si>
     <t>19366401-2-09</t>
   </si>
   <si>
     <t>10702064-74520387-51100005</t>
   </si>
   <si>
     <t>8300 Tapolca, Móricz Zsigmond utca 8.</t>
   </si>
@@ -6663,50 +6408,308 @@
   <si>
     <t>2020. május 27.
 2023. május 23. 
 2025. szeptember 19.</t>
   </si>
   <si>
     <t>+36-70/209-20-07</t>
   </si>
   <si>
     <t>https://oktatasi-studio.hu/studium-technikum-es-szakkepzo-iskola/</t>
   </si>
   <si>
     <t>technikumi szakmai oktatás; 
 szakképző iskolai szakmai oktatás;  szakmai oktatáshoz kapcsolódó előkészítő évfolyam (dobbantó program) és műhelyiskola</t>
   </si>
   <si>
     <t>2020. június 8. 
 2022. február 4.
 2023. szeptember 1.</t>
   </si>
   <si>
     <t>Lázár Imre</t>
   </si>
   <si>
     <t>Sándorné Bocska Krisztina</t>
+  </si>
+  <si>
+    <t>oktatas@dunatudasiskola.hu</t>
+  </si>
+  <si>
+    <t>Draskovics Márta</t>
+  </si>
+  <si>
+    <t>Lovrity Ernő Szilárd</t>
+  </si>
+  <si>
+    <t>19367127-1-05</t>
+  </si>
+  <si>
+    <t>10918001-00000124-26950001</t>
+  </si>
+  <si>
+    <t>+36-82/512-935</t>
+  </si>
+  <si>
+    <t>skoda.tamas@oktatasi-studio.hu</t>
+  </si>
+  <si>
+    <t>3528 Miskolc, Stromfeld Aurél utca 3.</t>
+  </si>
+  <si>
+    <t>19419554-1-06</t>
+  </si>
+  <si>
+    <t>19253079-4-08</t>
+  </si>
+  <si>
+    <t>9200 Mosonmagyaróvár, Gorkij utca 1-3., Mosonmagyaróvári Kossuth Lajos Gimnázium és Kollégium</t>
+  </si>
+  <si>
+    <t>3527 Miskolc, Soltész Nagy Kálmán utca 95.</t>
+  </si>
+  <si>
+    <t>Józan Lászlóné</t>
+  </si>
+  <si>
+    <t>3527 Miskolc, Szekerész utca 5. 
+3530 Miskolc, Vörösmarty Mihály utca 17.</t>
+  </si>
+  <si>
+    <t>12046119-02075887-00100004</t>
+  </si>
+  <si>
+    <t>2023. március 9. 
+2025. november 19.</t>
+  </si>
+  <si>
+    <t>6000 Kecskemét, Talfája tanya 8/A.
+1117 Budapest, Budafoki út 111. 
+1116 Budapest, Kondorfa utca 4-8.</t>
+  </si>
+  <si>
+    <t>zentai.ildiko@hidrakepzes.hu</t>
+  </si>
+  <si>
+    <t>+36-70/855-12-01</t>
+  </si>
+  <si>
+    <t>2024. május 23.
+2024. november 25.
+2025. június 1. 
+2025. június 25. 
+2025. december 1.</t>
+  </si>
+  <si>
+    <t>2020. július 17.
+2021. november 2.
+2023. május 26. 
+2025. május 31. 
+2025. szeptember 18.</t>
+  </si>
+  <si>
+    <t>6000 Kecskemét, Fecske utca 22.
+6000 Kecskemét, Felsőkomárnok utca 2.</t>
+  </si>
+  <si>
+    <t>2040 Budaörs, Komáromi utca 16.</t>
+  </si>
+  <si>
+    <t>1215 Budapest, Árpád utca 1.</t>
+  </si>
+  <si>
+    <t>8840 Csurgó, Iharosi utca 2.</t>
+  </si>
+  <si>
+    <t>4600 Kisvárda, Kossuth utca 12.</t>
+  </si>
+  <si>
+    <t>4641 Mezőladány, Kossuth utca 13.
+4642 Tornyospálca, Mándoki utca 4.
+4623 Tuzsér, Lónyay utca 1.
+4494 Kékcse, Fő utca 87.</t>
+  </si>
+  <si>
+    <t>9021 Győr, Arany János utca 31/a</t>
+  </si>
+  <si>
+    <t>3530 Miskolc, Meggyesalja utca 26.</t>
+  </si>
+  <si>
+    <t>6900 Makó, Kálvin utca 2-6.</t>
+  </si>
+  <si>
+    <t>5300 Karcag, Szentannai Sámuel utca 18.</t>
+  </si>
+  <si>
+    <t>4233 Balkány, Kossuth út 5., Szabolcs Vezér Oktatási Központ
+3346 Bélapátfalva, Apátság út 2., Bélapátfalvai Petőfi Sándor Két Tanítási Nyelvű Általános Iskola
+4024 Debrecen, Kossuth út 35., Debreceni Református Kollégium Dóczy Gimnáziuma
+4566 Ilk, Bethlen Gábor út 56., Bethlen Gábor Általános Iskola
+4324 Kállósemjén, Kölcsey út 2., Kállay Miklós Általános Iskola
+4600 Kisvárda, Kossuth út 2., Református Általános Iskola és Gimnázium
+4700 Mátészalka, Ipari utca 26., Mátészalkai Inkubátor Ház és Képzési Központ
+4320 Nagykálló, Nagybalkányi út 3. 
+4911 Nábrád, Iskola köz 2-4., Bornemisza Géza Általános Iskola és Óvoda
+4400 Nyíregyháza, Színház utca 3., Jókai Mór Református Általános Iskola
+4632 Nyírlövő, Kossuth út 4., Papi Kölcsey Ferenc Általános Iskola Nyírlövői Tagiskolája
+4631 Pap, Kossuth út 75-79., Kölcsey Ferenc Általános Iskola és Óvoda
+3964 Pácin, Honvéd utca 2. (hrsz: '520/2'), Pácini Általános Iskola
+4931 Tarpa, Kossuth út 19/F, Esze Tamás Általános Iskola és Óvoda
+2621 Verőce, Garam út 8-10., Géza Fejedelem Református Általános Iskola, Óvoda és Bölcsőde
+4400 Nyíregyháza, Petrikovics utca 2/B oktatási épület, Hrsz: 6965/2</t>
+  </si>
+  <si>
+    <t>2072 Zsámbék, Piac köz 8. HRSZ.: 895/1 (C épület)
+2072 Zsámbék, Petőfi Sándor utca 13. HRSZ.: 408/2 (A épület)
+2072 Zsámbék, Magyar utca 15. HRSZ.: 459 (D épület)</t>
+  </si>
+  <si>
+    <t>6100 Kiskunfélegyháza, Kossuth utca 24.</t>
+  </si>
+  <si>
+    <t>kollégium: 9730 Kőszeg, Schey Fülöp utca 2. 
+tangazdaság: 9730 Kőszeg, Szombathelyi út 7. 
+tankertészet: 9730 Kőszeg, Ólmodi utca 2. 
+tankonyha, tanétterem, tanszálló: 9730 Kőszeg, Várkör 44.</t>
+  </si>
+  <si>
+    <t>3529 Miskolc, Jászi Oszkár utca 1.</t>
+  </si>
+  <si>
+    <t>4024 Debrecen, Szent Anna utca 20-26.
+1088 Budapest, Szentkirályi utca 7.
+4034 Debrecen, Kolónia utca 1/A.;</t>
+  </si>
+  <si>
+    <t>3300 Eger, Klapka György utca 7.</t>
+  </si>
+  <si>
+    <t>3300 Eger, Kossuth Lajos utca 8.</t>
+  </si>
+  <si>
+    <t>3200 Gyöngyös, Than Károly utca 1.</t>
+  </si>
+  <si>
+    <t>6640 Csongrád, Jókai utca 14.</t>
+  </si>
+  <si>
+    <t>3300 Eger, II. Rákóczi Ferenc utca 2.</t>
+  </si>
+  <si>
+    <t>3300 Eger, II. Rákóczi Ferenc utca 2. sz alatti (helyrajzi száma: 2033) ingatlan; 
+3300 Eger, II. Rákóczi Ferenc utca 2. sz alatti (helyrajzi száma: 2034) ingatlan; 
+3300 Eger, Ráchegy utca 41. sz alatti (helyrajzi száma: 2254) ingatlan</t>
+  </si>
+  <si>
+    <t>7632 Pécs, Berek utca 15.</t>
+  </si>
+  <si>
+    <t>9700 Szombathely, Jókai Mór utca 14.</t>
+  </si>
+  <si>
+    <t>2509 Esztergom-kertváros, Wesselényi M. utca 35-39.</t>
+  </si>
+  <si>
+    <t>1143 Budapest, Gizella utca 42-44.
+1106 Budapest, Maglódi út 6.
+6721 Szeged, József Attila sugárút 26.
+6728 Szeged, Erdész út 3-5.
+4030 Debrecen, Budai Ézsaiás utca 8/a.
+4034 Debrecen, Kolónia utca 1/a.
+3300 Eger, Cifrakapu tér 24.
+3527 Miskolc, Szekerész utca 5.
+3533 Miskolc, Kabar utca 12.
+4400 Nyíregyháza, Szabadság tér 10. 2/1.
+9012 Győr, Malom utca 42.
+7400 Kaposvár, Cukorgyár köz 8.
+7634 Pécs, Bázis út 10.
+7624 Pécs, Budai Nagy Antal utca 1.
+8000 Székesfehérvár, Ady E. utca 17.
+5000 Szolnok, Jubileum tér 5.
+8200 Veszprém, Ady Endre utca 8.
+8900 Zalaegerszeg, Rákóczi út 4-8.</t>
+  </si>
+  <si>
+    <t>9700 Szombathely, Petőfi Sándor utca 6.</t>
+  </si>
+  <si>
+    <t>9700 Szombathely, Szily János utca 1.</t>
+  </si>
+  <si>
+    <t>4232 Geszteréd, Petőfi út 8.
+4334 Hodász, Széchenyi utca 1-3.
+4235 Biri, Fő út 94.
+3847 Felsődobsza, Deák utca 49. 51. 53.
+4456 Tiszadob, Táncsics utca 12.
+4967 Csaholc, Kossuth utca 36-40.
+4235 Biri, Mező utca 2.
+4235 Biri, Mező utca 12.
+4235 Biri, Mező utca 2.
+4235 Biri, Mező utca 1-3.
+4931 Tarpa, Kossuth út 18.
+4931 Tarpa, Kossuth út 19/f.
+4361 Nyírbogát, Hunyadi út 1.
+4900 Fehérgyarmat, Kiss Ernő út 3.</t>
+  </si>
+  <si>
+    <t>7400 Kaposvár, Guba Sándor utca 40.</t>
+  </si>
+  <si>
+    <t>4025 Debrecen, Postakert utca 2.
+4034 Debrecen, Faraktár utca 107.
+4400 Nyíregyháza, Móricz Zsigmond utca 24.
+4600 Kisvárda, Szent László utca 49-51.
+4600 Kisvárda, Szent László utca 38.
+4600 Kisvárda, Somogyi Rezső utca 1.
+4600 Kisvárda, Malomköz 2.</t>
+  </si>
+  <si>
+    <t>1143 Budapest, Hungária körút 69.</t>
+  </si>
+  <si>
+    <t>2066 Szár, Hrsz. 075.</t>
+  </si>
+  <si>
+    <t>1192 Budapest, Kós Károly tér 4.</t>
+  </si>
+  <si>
+    <t>2100 Gödöllő, Páter Károly utca 1.</t>
+  </si>
+  <si>
+    <t>Wigner Jenő Műszaki, Informatikai Technikum, Szakképző Iskola, Gimnázium és Kollégium</t>
+  </si>
+  <si>
+    <t>OKTÁV Technikum és Szakképző Iskola</t>
+  </si>
+  <si>
+    <t>Telephelyei: 
+Csongrád-Csanád vármegye: 6724 Szeged, Kenyérgyári u. 12.; 
+6723 Szeged, Etelka sor 3-5/A.
+6721 Szeged, Osztrovszky utca 5. 
+6721 Szeged, Munkácsy utca 7.
+Pest vármegye: 2040 Budaörs, Esze Tamás utca 3.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;Ft&quot;_-;\-* #,##0.00\ &quot;Ft&quot;_-;_-* &quot;-&quot;??\ &quot;Ft&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0\ [$EUR];\-#,##0\ [$EUR]"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -6865,167 +6868,176 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="15">
     <cellStyle name="Hivatkozás 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hivatkozás 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
     <cellStyle name="Normál 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normál 2 2" xfId="11" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normál 2 3" xfId="14" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normál 2 4" xfId="10" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normál 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normál 4" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normál 5" xfId="8" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normál 5 2" xfId="9" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normál 6" xfId="7" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Normál 7" xfId="12" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Normál 8" xfId="1" xr:uid="{7EE7B073-65FB-4B27-9EBC-9A1CF0A4E528}"/>
     <cellStyle name="Pénznem 4" xfId="13" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
@@ -7499,8260 +7511,8260 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semmelweis.hu/bokay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.bokay@semmelweis.hu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kovessi-erzsebet.baptistaoktatas.hu/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wesleybereg.sulinet.hu/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szeszi.pte.hu/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semmelweis.hu/raoulwallenberg/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csurgo@okt.koszisz.hu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.levrik-szki.hu/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:centrum.apaczai3@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.donboscosuli.hu/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miskolc@okt.koszisz.hu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bankisuli.hu/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kanizsay.sulinet.hu/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.letenyeyiskola.hu/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduforyoukft.@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fata.ildiko@technikum.tpfk.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mezgaz.hu/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:almakata4@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:szentlaszlodebrecen@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkar@matrixoktatas.hu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.semmelweis@semmelweis.hu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mmszesterhazy.hu/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dioszegi-samuel.baptistaoktatas.hu/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kempelensuli.hu/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.premontrei-keszthely.hu/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.webgrafik.hu/szeszi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semmelweis.hu/semmelweisiskola/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dunagaziskola@dunagaz.hu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szev.hu/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maltaiszakiskola-devecser.hu/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gourmandiskola.hu/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fogarassybori@hidrakepzes.hu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mezohegyes.szakkepzes@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag@veresp-gyor.edu.hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szentannai-karcag.edu.hu/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bsst@matinus.hu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iskola@ambedkar.hu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.miskolckolping.hu/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag@fayszakkepzo.hu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mezohegyes-szakkepzes.edu.hu/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gszo.hu/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ferenczi.hu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.kanizsai@semmelweis.hu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:berika@bethlenszki.hu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eszi.hu/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szdeszki.pte.hu/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szentbazilszakkepzo.hu/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szakkepzotanfolyamok.hu/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuskeiskola.hu/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@levrik-szki.hu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.god.piarista.hu/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skoda.laszlone@oktatasi-studio.hu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dankop.hu/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semmelweis.hu/kanizsaidorottya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tokajimg@the-mg.hu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag@bankisuli.hu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szamalk-szalezi.hu/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szechenyi60.hu/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oktav.hu/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.raoul@semmelweis.hu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kolping-nkicsurgo.hu/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maltaszakiskola.hu/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.liska-szki.hu/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.balashazy.unideb.hu/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skill.szakkepzo@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szakkepzotanfolyamok.hu/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hidrakepzes.hu/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.matrixoktatas.hu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.veresp-gyor.edu.hu/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iskola@oktav.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.juhaszgymako.hu/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsst.martinus.hu/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kapcsolat@bit-edu.hu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esterhazy.titkarsag@maltai.hu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.metakepzes.hu/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sobszeged.hu/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schoolofbusiness.kft@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iskola@szeviskola.hu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zspsz.hu/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.moricz@uni-mate.hu@uni-mate.hu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@the-kik.hu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:teki@kegisz.hu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bit-edu.hu/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kolping-egom.hu/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kossuthzs-szeged.sulinet.hu/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fay@fay-misk.edu.hu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uni.sze.hu/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tuske.iskola@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schola@scholaeu.hu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semmelweis.hu/bokay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.bokay@semmelweis.hu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kovessi-erzsebet.baptistaoktatas.hu/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wesleybereg.sulinet.hu/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szeszi.pte.hu/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semmelweis.hu/raoulwallenberg/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mezohegyes.szakkepzes@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:centrum.apaczai3@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.donboscosuli.hu/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miskolc@okt.koszisz.hu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bankisuli.hu/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kanizsay.sulinet.hu/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.letenyeyiskola.hu/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduforyoukft.@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zentai.ildiko@hidrakepzes.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mezgaz.hu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:almakata4@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:szentlaszlodebrecen@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkar@matrixoktatas.hu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.semmelweis@semmelweis.hu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mmszesterhazy.hu/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dioszegi-samuel.baptistaoktatas.hu/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kempelensuli.hu/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.premontrei-keszthely.hu/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.webgrafik.hu/szeszi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semmelweis.hu/semmelweisiskola/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szakkepzotanfolyamok.hu/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szev.hu/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maltaiszakiskola-devecser.hu/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gourmandiskola.hu/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hidrakepzes.hu/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.matrixoktatas.hu/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag@veresp-gyor.edu.hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szentannai-karcag.edu.hu/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bsst@matinus.hu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iskola@ambedkar.hu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.miskolckolping.hu/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag@fayszakkepzo.hu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mezohegyes-szakkepzes.edu.hu/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gszo.hu/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ferenczi.hu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.kanizsai@semmelweis.hu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:berika@bethlenszki.hu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eszi.hu/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szdeszki.pte.hu/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szentbazilszakkepzo.hu/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szakkepzotanfolyamok.hu/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csurgo@okt.koszisz.hu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.levrik-szki.hu/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.god.piarista.hu/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skoda.tamas@oktatasi-studio.hu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dankop.hu/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semmelweis.hu/kanizsaidorottya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tokajimg@the-mg.hu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag@bankisuli.hu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szamalk-szalezi.hu/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.szechenyi60.hu/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oktav.hu/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.raoul@semmelweis.hu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kolping-nkicsurgo.hu/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maltaszakiskola.hu/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.liska-szki.hu/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.balashazy.unideb.hu/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skill.szakkepzo@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fata.ildiko@technikum.tpfk.hu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tuske.iskola@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fay@fay-misk.edu.hu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.veresp-gyor.edu.hu/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iskola@oktav.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.juhaszgymako.hu/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsst.martinus.hu/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kapcsolat@bit-edu.hu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esterhazy.titkarsag@maltai.hu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.metakepzes.hu/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sobszeged.hu/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schoolofbusiness.kft@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iskola@szeviskola.hu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zspsz.hu/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titkarsag.moricz@uni-mate.hu@uni-mate.hu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@the-kik.hu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:teki@kegisz.hu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bit-edu.hu/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kolping-egom.hu/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kossuthzs-szeged.sulinet.hu/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@levrik-szki.hu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uni.sze.hu/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuskeiskola.hu/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schola@scholaeu.hu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:U126"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="11.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" style="4" customWidth="1"/>
     <col min="6" max="6" width="36.85546875" style="4" customWidth="1"/>
     <col min="7" max="7" width="91.5703125" style="4" customWidth="1"/>
     <col min="8" max="8" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.28515625" style="4" customWidth="1"/>
     <col min="10" max="10" width="39" style="4" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="36.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="16" style="4" customWidth="1"/>
     <col min="14" max="14" width="37.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="34.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="49.85546875" style="4" customWidth="1"/>
     <col min="17" max="17" width="27.5703125" style="4" customWidth="1"/>
     <col min="18" max="18" width="35.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="20.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="25.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="22" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
-        <v>1129</v>
+        <v>1084</v>
       </c>
       <c r="D1" s="5" t="s">
-        <v>619</v>
+        <v>599</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>790</v>
+        <v>765</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="5" t="s">
         <v>5</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="K1" s="5" t="s">
-        <v>760</v>
+        <v>735</v>
       </c>
       <c r="L1" s="5" t="s">
-        <v>761</v>
+        <v>736</v>
       </c>
       <c r="M1" s="5" t="s">
-        <v>762</v>
+        <v>737</v>
       </c>
       <c r="N1" s="5" t="s">
-        <v>763</v>
+        <v>738</v>
       </c>
       <c r="O1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="P1" s="5" t="s">
-        <v>618</v>
+        <v>598</v>
       </c>
       <c r="Q1" s="5" t="s">
         <v>8</v>
       </c>
       <c r="R1" s="5" t="s">
-        <v>887</v>
+        <v>856</v>
       </c>
       <c r="S1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="T1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="5" t="s">
-        <v>698</v>
+        <v>675</v>
       </c>
     </row>
     <row r="2" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G2" s="6" t="s">
-        <v>947</v>
+        <v>912</v>
       </c>
       <c r="H2" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="6" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="6" t="s">
         <v>17</v>
       </c>
       <c r="K2" s="13" t="s">
-        <v>1240</v>
+        <v>1193</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="13" t="s">
-        <v>1333</v>
+        <v>1285</v>
       </c>
       <c r="N2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O2" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P2" s="6" t="s">
-        <v>1178</v>
+        <v>1133</v>
       </c>
       <c r="Q2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="R2" s="6" t="s">
-        <v>888</v>
+        <v>857</v>
       </c>
       <c r="S2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T2" s="10" t="s">
-        <v>797</v>
+        <v>772</v>
       </c>
       <c r="U2" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
     </row>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F3" s="6" t="s">
+        <v>858</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H3" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="6" t="s">
+      <c r="I3" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="6" t="s">
+      <c r="J3" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="J3" s="6" t="s">
+      <c r="K3" s="13" t="s">
+        <v>1342</v>
+      </c>
+      <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="K3" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="13" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="M3" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N3" s="6" t="s">
+      <c r="O3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="O3" s="6" t="s">
+      <c r="P3" s="6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="Q3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="P3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="R3" s="6" t="s">
+        <v>858</v>
+      </c>
+      <c r="S3" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="R3" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T3" s="10" t="s">
-        <v>1004</v>
+        <v>967</v>
       </c>
       <c r="U3" s="6" t="s">
-        <v>1009</v>
+        <v>972</v>
       </c>
     </row>
     <row r="4" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>601</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>752</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>691</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>757</v>
+      </c>
+      <c r="J4" s="7" t="s">
+        <v>758</v>
+      </c>
+      <c r="K4" s="19" t="s">
+        <v>1194</v>
+      </c>
+      <c r="L4" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="6" t="s">
-[...33 lines deleted...]
-        <v>848</v>
+      <c r="M4" s="19" t="s">
+        <v>818</v>
       </c>
       <c r="N4" s="7" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="O4" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="P4" s="20" t="s">
-        <v>848</v>
+      <c r="P4" s="19" t="s">
+        <v>818</v>
       </c>
       <c r="Q4" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="R4" s="7" t="s">
+        <v>859</v>
+      </c>
+      <c r="S4" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="R4" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T4" s="8" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>754</v>
+      </c>
+      <c r="U4" s="19" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="5" spans="1:21" ht="51" x14ac:dyDescent="0.25">
-      <c r="A5" s="26" t="s">
+      <c r="A5" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D5" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>716</v>
+      </c>
+      <c r="F5" s="24" t="s">
+        <v>770</v>
+      </c>
+      <c r="G5" s="24" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H5" s="24" t="s">
+        <v>1710</v>
+      </c>
+      <c r="I5" s="24" t="s">
         <v>38</v>
       </c>
-      <c r="B5" s="26" t="s">
-[...20 lines deleted...]
-      <c r="I5" s="26" t="s">
+      <c r="J5" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="J5" s="26" t="s">
-[...33 lines deleted...]
-        <v>1387</v>
+      <c r="K5" s="25" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L5" s="24" t="s">
+        <v>957</v>
+      </c>
+      <c r="M5" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N5" s="24" t="s">
+        <v>958</v>
+      </c>
+      <c r="O5" s="24" t="s">
+        <v>981</v>
+      </c>
+      <c r="P5" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q5" s="24" t="s">
+        <v>885</v>
+      </c>
+      <c r="R5" s="24" t="s">
+        <v>886</v>
+      </c>
+      <c r="S5" s="24" t="s">
+        <v>717</v>
+      </c>
+      <c r="T5" s="26" t="s">
+        <v>1338</v>
+      </c>
+      <c r="U5" s="24" t="s">
+        <v>1339</v>
       </c>
     </row>
     <row r="6" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E6" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="F6" s="6" t="s">
+      <c r="G6" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="I6" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="G6" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I6" s="6" t="s">
+      <c r="J6" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="J6" s="6" t="s">
+      <c r="K6" s="13" t="s">
+        <v>1196</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="K6" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="M6" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="6" t="s">
+      <c r="O6" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>1343</v>
+      </c>
+      <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="O6" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R6" s="6" t="s">
-        <v>930</v>
+        <v>1764</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
       <c r="T6" s="10" t="s">
-        <v>1670</v>
+        <v>1610</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>846</v>
+        <v>816</v>
       </c>
     </row>
     <row r="7" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>983</v>
+        <v>946</v>
       </c>
       <c r="F7" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="G7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="6" t="s">
+      <c r="I7" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="13" t="s">
+        <v>1199</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="K7" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M7" s="13" t="s">
-        <v>1246</v>
+        <v>1199</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>1349</v>
+        <v>1301</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>1380</v>
+        <v>1332</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>930</v>
+        <v>1764</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
       <c r="T7" s="10" t="s">
-        <v>1671</v>
+        <v>1611</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>987</v>
+        <v>950</v>
       </c>
     </row>
     <row r="8" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E8" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>1643</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="I8" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="F8" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I8" s="6" t="s">
+      <c r="J8" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="J8" s="6" t="s">
+      <c r="K8" s="13" t="s">
+        <v>1197</v>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="K8" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="13" t="s">
+        <v>1287</v>
+      </c>
+      <c r="N8" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="M8" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O8" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q8" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>930</v>
+        <v>1764</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
       <c r="T8" s="10" t="s">
-        <v>1672</v>
+        <v>1612</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>1414</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="9" spans="1:21" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>600</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>821</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>822</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>823</v>
+      </c>
+      <c r="H9" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="B9" s="10" t="s">
-[...17 lines deleted...]
-      <c r="H9" s="7" t="s">
+      <c r="I9" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="I9" s="7" t="s">
+      <c r="J9" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="J9" s="7" t="s">
+      <c r="K9" s="19" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L9" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="K9" s="20" t="s">
-[...2 lines deleted...]
-      <c r="L9" s="7" t="s">
+      <c r="M9" s="19" t="s">
+        <v>1200</v>
+      </c>
+      <c r="N9" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="M9" s="20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O9" s="7" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P9" s="7" t="s">
-        <v>1392</v>
+        <v>1344</v>
       </c>
       <c r="Q9" s="7" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="R9" s="7" t="s">
-        <v>930</v>
+        <v>898</v>
       </c>
       <c r="S9" s="7" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
       <c r="T9" s="8" t="s">
-        <v>845</v>
+        <v>815</v>
       </c>
       <c r="U9" s="7" t="s">
-        <v>854</v>
+        <v>824</v>
       </c>
     </row>
     <row r="10" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E10" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>1040</v>
+      </c>
+      <c r="I10" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="F10" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I10" s="6" t="s">
+      <c r="J10" s="6" t="s">
+        <v>1367</v>
+      </c>
+      <c r="K10" s="13" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="J10" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="13" t="s">
+        <v>1288</v>
+      </c>
+      <c r="N10" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="M10" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O10" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q10" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>930</v>
+        <v>1764</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
       <c r="T10" s="10" t="s">
-        <v>1673</v>
+        <v>1613</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>1416</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="11" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>1417</v>
+        <v>1369</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>1706</v>
+        <v>1645</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>1714</v>
+        <v>1653</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>881</v>
+        <v>850</v>
       </c>
       <c r="I11" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="13" t="s">
+        <v>1198</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="K11" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M11" s="13" t="s">
-        <v>1337</v>
+        <v>1289</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>1350</v>
+        <v>1302</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>1381</v>
+        <v>1333</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>930</v>
+        <v>1764</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
       <c r="T11" s="10" t="s">
-        <v>1674</v>
+        <v>1614</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>989</v>
+        <v>952</v>
       </c>
     </row>
     <row r="12" spans="1:21" ht="127.5" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>600</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>763</v>
+      </c>
+      <c r="F12" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="B12" s="6" t="s">
-[...11 lines deleted...]
-      <c r="F12" s="7" t="s">
+      <c r="G12" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="G12" s="7" t="s">
+      <c r="H12" s="7" t="s">
+        <v>677</v>
+      </c>
+      <c r="I12" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="H12" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="7" t="s">
+      <c r="J12" s="7" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K12" s="19" t="s">
+        <v>1202</v>
+      </c>
+      <c r="L12" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="J12" s="7" t="s">
-[...9 lines deleted...]
-        <v>1338</v>
+      <c r="M12" s="19" t="s">
+        <v>1290</v>
       </c>
       <c r="N12" s="7" t="s">
-        <v>755</v>
+        <v>730</v>
       </c>
       <c r="O12" s="7" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P12" s="7" t="s">
-        <v>740</v>
+        <v>715</v>
       </c>
       <c r="Q12" s="7" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="R12" s="7" t="s">
-        <v>930</v>
+        <v>898</v>
       </c>
       <c r="S12" s="7" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
       <c r="T12" s="8" t="s">
-        <v>787</v>
+        <v>762</v>
       </c>
       <c r="U12" s="7" t="s">
-        <v>767</v>
+        <v>742</v>
       </c>
     </row>
     <row r="13" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E13" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="F13" s="6" t="s">
+      <c r="G13" s="6" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H13" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="G13" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H13" s="6" t="s">
+      <c r="I13" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="I13" s="6" t="s">
+      <c r="J13" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="J13" s="6" t="s">
+      <c r="K13" s="13" t="s">
+        <v>1203</v>
+      </c>
+      <c r="L13" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="K13" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="13" t="s">
+        <v>1291</v>
+      </c>
+      <c r="N13" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="M13" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N13" s="6" t="s">
+      <c r="O13" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P13" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="O13" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q13" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>930</v>
+        <v>1764</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
       <c r="T13" s="10" t="s">
-        <v>1419</v>
+        <v>1371</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>1420</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="14" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>1602</v>
+        <v>1547</v>
       </c>
       <c r="F14" s="6" t="s">
+        <v>1736</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="I14" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="G14" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J14" s="6" t="s">
-        <v>1603</v>
+        <v>1548</v>
       </c>
       <c r="K14" s="13" t="s">
-        <v>1251</v>
+        <v>1204</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>1639</v>
+        <v>1582</v>
       </c>
       <c r="M14" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>1351</v>
+        <v>1303</v>
       </c>
       <c r="O14" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>1229</v>
+        <v>1182</v>
       </c>
       <c r="Q14" s="6" t="s">
-        <v>703</v>
+        <v>680</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>919</v>
+        <v>887</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>944</v>
+        <v>909</v>
       </c>
       <c r="T14" s="10" t="s">
-        <v>1601</v>
+        <v>1546</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>1006</v>
+        <v>969</v>
       </c>
     </row>
     <row r="15" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>1421</v>
+        <v>1373</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>1707</v>
+        <v>1646</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>945</v>
+        <v>910</v>
       </c>
       <c r="I15" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" s="13" t="s">
+        <v>1205</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="J15" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M15" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>1352</v>
+        <v>1304</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>1422</v>
+        <v>1374</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>703</v>
+        <v>680</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>919</v>
+        <v>887</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>944</v>
+        <v>909</v>
       </c>
       <c r="T15" s="10" t="s">
-        <v>1675</v>
+        <v>1615</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>1423</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="16" spans="1:21" ht="114.75" x14ac:dyDescent="0.25">
       <c r="A16" s="6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E16" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H16" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="F16" s="6" t="s">
+      <c r="I16" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="G16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="6" t="s">
+      <c r="J16" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="I16" s="6" t="s">
+      <c r="K16" s="13" t="s">
+        <v>1206</v>
+      </c>
+      <c r="L16" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="J16" s="6" t="s">
+      <c r="M16" s="13" t="s">
+        <v>1206</v>
+      </c>
+      <c r="N16" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="K16" s="13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O16" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>1393</v>
+        <v>1345</v>
       </c>
       <c r="Q16" s="6" t="s">
-        <v>703</v>
+        <v>680</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>919</v>
+        <v>887</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>944</v>
+        <v>909</v>
       </c>
       <c r="T16" s="10" t="s">
-        <v>1676</v>
+        <v>1616</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>862</v>
+        <v>832</v>
       </c>
     </row>
     <row r="17" spans="1:21" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E17" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>996</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I17" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="F17" s="6" t="s">
+      <c r="J17" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="G17" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I17" s="6" t="s">
+      <c r="K17" s="13" t="s">
+        <v>1207</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="J17" s="6" t="s">
+      <c r="M17" s="13" t="s">
+        <v>1292</v>
+      </c>
+      <c r="N17" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="K17" s="13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O17" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>1394</v>
+        <v>1346</v>
       </c>
       <c r="Q17" s="6" t="s">
-        <v>703</v>
+        <v>680</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>919</v>
+        <v>887</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>944</v>
+        <v>909</v>
       </c>
       <c r="T17" s="10" t="s">
-        <v>1677</v>
+        <v>1617</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>1007</v>
+        <v>970</v>
       </c>
     </row>
     <row r="18" spans="1:21" ht="178.5" x14ac:dyDescent="0.25">
       <c r="A18" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F18" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E18" s="6" t="s">
+      <c r="G18" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H18" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="F18" s="6" t="s">
+      <c r="I18" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="G18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H18" s="6" t="s">
+      <c r="J18" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="I18" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K18" s="13" t="s">
-        <v>1552</v>
+        <v>1500</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>1553</v>
+        <v>1501</v>
       </c>
       <c r="M18" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N18" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="O18" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>1391</v>
+        <v>1343</v>
       </c>
       <c r="Q18" s="6" t="s">
-        <v>1549</v>
+        <v>1497</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>1550</v>
+        <v>1498</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>1551</v>
+        <v>1499</v>
       </c>
       <c r="T18" s="10" t="s">
-        <v>1554</v>
+        <v>1502</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>1555</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="19" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
-      <c r="A19" s="21" t="s">
-        <v>121</v>
+      <c r="A19" s="20" t="s">
+        <v>119</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E19" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="I19" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="G19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="6" t="s">
+      <c r="K19" s="13" t="s">
+        <v>1209</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>1099</v>
+      </c>
+      <c r="M19" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="O19" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P19" s="6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="R19" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="K19" s="13" t="s">
-[...8 lines deleted...]
-      <c r="N19" s="6" t="s">
+      <c r="T19" s="10" t="s">
+        <v>1100</v>
+      </c>
+      <c r="U19" s="6" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="O19" s="6" t="s">
-[...5 lines deleted...]
-      <c r="Q19" s="6" t="s">
+      <c r="B20" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D20" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E20" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="R19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="S19" s="6" t="s">
+      <c r="F20" s="24" t="s">
         <v>129</v>
       </c>
-      <c r="T19" s="10" t="s">
-[...7 lines deleted...]
-      <c r="A20" s="26" t="s">
+      <c r="G20" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>1665</v>
+      </c>
+      <c r="I20" s="24" t="s">
         <v>130</v>
       </c>
-      <c r="B20" s="26" t="s">
-[...8 lines deleted...]
-      <c r="E20" s="26" t="s">
+      <c r="J20" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="F20" s="26" t="s">
-[...8 lines deleted...]
-      <c r="I20" s="26" t="s">
+      <c r="K20" s="25" t="s">
+        <v>1583</v>
+      </c>
+      <c r="L20" s="24" t="s">
+        <v>1584</v>
+      </c>
+      <c r="M20" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N20" s="24" t="s">
+        <v>1585</v>
+      </c>
+      <c r="O20" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P20" s="24" t="s">
+        <v>980</v>
+      </c>
+      <c r="Q20" s="24" t="s">
         <v>133</v>
       </c>
-      <c r="J20" s="26" t="s">
+      <c r="R20" s="24" t="s">
+        <v>927</v>
+      </c>
+      <c r="S20" s="24" t="s">
         <v>134</v>
       </c>
-      <c r="K20" s="27" t="s">
-[...30 lines deleted...]
-        <v>848</v>
+      <c r="T20" s="26" t="s">
+        <v>1569</v>
+      </c>
+      <c r="U20" s="25" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="21" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>1739</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>860</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="I21" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="B21" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E21" s="6" t="s">
+      <c r="J21" s="6" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K21" s="13" t="s">
+        <v>1210</v>
+      </c>
+      <c r="L21" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="F21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="6" t="s">
+      <c r="M21" s="13" t="s">
+        <v>1149</v>
+      </c>
+      <c r="N21" s="6" t="s">
         <v>140</v>
-      </c>
-[...19 lines deleted...]
-        <v>144</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="Q21" s="6" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>891</v>
+        <v>860</v>
       </c>
       <c r="S21" s="6" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="T21" s="10" t="s">
-        <v>1195</v>
+        <v>1150</v>
       </c>
       <c r="U21" s="6" t="s">
-        <v>1196</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A22" s="6" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E22" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="K22" s="13" t="s">
+        <v>1211</v>
+      </c>
+      <c r="L22" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="F22" s="6" t="s">
+      <c r="M22" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="N22" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="G22" s="6" t="s">
+      <c r="O22" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="Q22" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="H22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="6" t="s">
+      <c r="R22" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="S22" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="J22" s="6" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="T22" s="10" t="s">
-        <v>1426</v>
+        <v>1378</v>
       </c>
       <c r="U22" s="6" t="s">
-        <v>1427</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="23" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A23" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>600</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="G23" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="H23" s="7" t="s">
         <v>157</v>
       </c>
-      <c r="B23" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="7" t="s">
+      <c r="I23" s="7" t="s">
+        <v>652</v>
+      </c>
+      <c r="J23" s="7" t="s">
+        <v>653</v>
+      </c>
+      <c r="K23" s="19" t="s">
+        <v>1212</v>
+      </c>
+      <c r="L23" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="N23" s="7" t="s">
+        <v>1305</v>
+      </c>
+      <c r="O23" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P23" s="7" t="s">
         <v>159</v>
       </c>
-      <c r="F23" s="7" t="s">
+      <c r="Q23" s="7" t="s">
         <v>160</v>
       </c>
-      <c r="G23" s="20" t="s">
-[...2 lines deleted...]
-      <c r="H23" s="7" t="s">
+      <c r="R23" s="7" t="s">
+        <v>862</v>
+      </c>
+      <c r="S23" s="7" t="s">
         <v>161</v>
       </c>
-      <c r="I23" s="7" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T23" s="8" t="s">
-        <v>1428</v>
+        <v>1380</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>1429</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="24" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A24" s="6" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E24" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="K24" s="13" t="s">
+        <v>1129</v>
+      </c>
+      <c r="L24" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="F24" s="6" t="s">
+      <c r="M24" s="13" t="s">
+        <v>1161</v>
+      </c>
+      <c r="N24" s="6" t="s">
         <v>168</v>
-      </c>
-[...22 lines deleted...]
-        <v>172</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q24" s="6" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="R24" s="6" t="s">
-        <v>894</v>
+        <v>863</v>
       </c>
       <c r="S24" s="6" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="T24" s="10" t="s">
-        <v>1430</v>
+        <v>1382</v>
       </c>
       <c r="U24" s="6" t="s">
-        <v>1431</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="25" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A25" s="6" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E25" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>905</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="K25" s="13" t="s">
+        <v>1213</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="M25" s="13" t="s">
+        <v>1160</v>
+      </c>
+      <c r="N25" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="F25" s="6" t="s">
-[...27 lines deleted...]
-        <v>1112</v>
+      <c r="O25" s="24" t="s">
+        <v>1067</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>1160</v>
+        <v>1115</v>
       </c>
       <c r="Q25" s="6" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>894</v>
+        <v>863</v>
       </c>
       <c r="S25" s="6" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="T25" s="10" t="s">
-        <v>1199</v>
+        <v>1154</v>
       </c>
       <c r="U25" s="6" t="s">
-        <v>1200</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="26" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A26" s="6" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>1432</v>
+        <v>1384</v>
       </c>
       <c r="F26" s="6" t="s">
+        <v>1740</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>926</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="K26" s="13" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="M26" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="N26" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="O26" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P26" s="6" t="s">
+        <v>1620</v>
+      </c>
+      <c r="Q26" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="R26" s="6" t="s">
+        <v>1657</v>
+      </c>
+      <c r="S26" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="G26" s="6" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="T26" s="10" t="s">
-        <v>1678</v>
+        <v>1618</v>
       </c>
       <c r="U26" s="6" t="s">
-        <v>1433</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="27" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>868</v>
+        <v>837</v>
       </c>
       <c r="F27" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="J27" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="K27" s="13" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="M27" s="13" t="s">
+        <v>1215</v>
+      </c>
+      <c r="N27" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="O27" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P27" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="G27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="6" t="s">
+      <c r="R27" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="S27" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="I27" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T27" s="10" t="s">
-        <v>1005</v>
+        <v>968</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>1008</v>
+        <v>971</v>
       </c>
     </row>
     <row r="28" spans="1:21" ht="127.5" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E28" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="I28" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="J28" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="K28" s="13" t="s">
+        <v>1216</v>
+      </c>
+      <c r="L28" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="F28" s="6" t="s">
+      <c r="M28" s="13" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="O28" s="6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>1349</v>
+      </c>
+      <c r="Q28" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="R28" s="6" t="s">
+        <v>864</v>
+      </c>
+      <c r="S28" s="6" t="s">
         <v>198</v>
       </c>
-      <c r="G28" s="6" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="T28" s="10" t="s">
-        <v>1681</v>
+        <v>1621</v>
       </c>
       <c r="U28" s="6" t="s">
-        <v>1434</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="29" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A29" s="6" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>1708</v>
+        <v>1647</v>
       </c>
       <c r="G29" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>1684</v>
+        <v>1624</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>1233</v>
+        <v>1186</v>
       </c>
       <c r="K29" s="13" t="s">
-        <v>1312</v>
+        <v>1264</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="M29" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>1368</v>
+        <v>1320</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>1389</v>
+        <v>1341</v>
       </c>
       <c r="Q29" s="6" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>895</v>
+        <v>864</v>
       </c>
       <c r="S29" s="6" t="s">
-        <v>1118</v>
+        <v>1073</v>
       </c>
       <c r="T29" s="10" t="s">
-        <v>1683</v>
+        <v>1623</v>
       </c>
       <c r="U29" s="6" t="s">
-        <v>1116</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="30" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A30" s="6" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="F30" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="I30" s="6" t="s">
         <v>207</v>
       </c>
-      <c r="G30" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J30" s="6" t="s">
-        <v>1234</v>
+        <v>1187</v>
       </c>
       <c r="K30" s="13" t="s">
-        <v>1264</v>
+        <v>1217</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>1119</v>
+        <v>1074</v>
       </c>
       <c r="M30" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>1369</v>
+        <v>1321</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>1230</v>
+        <v>1183</v>
       </c>
       <c r="Q30" s="6" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>895</v>
+        <v>864</v>
       </c>
       <c r="S30" s="6" t="s">
-        <v>1114</v>
+        <v>1069</v>
       </c>
       <c r="T30" s="10" t="s">
-        <v>1115</v>
+        <v>1070</v>
       </c>
       <c r="U30" s="6" t="s">
-        <v>1117</v>
+        <v>1072</v>
       </c>
     </row>
-    <row r="31" spans="1:21" s="29" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B31" s="26" t="s">
+    <row r="31" spans="1:21" s="27" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="C31" s="26" t="s">
-[...54 lines deleted...]
-        <v>1435</v>
+      <c r="C31" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D31" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E31" s="24" t="s">
+        <v>209</v>
+      </c>
+      <c r="F31" s="24" t="s">
+        <v>1741</v>
+      </c>
+      <c r="G31" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H31" s="24" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I31" s="24" t="s">
+        <v>210</v>
+      </c>
+      <c r="J31" s="24" t="s">
+        <v>211</v>
+      </c>
+      <c r="K31" s="25" t="s">
+        <v>1218</v>
+      </c>
+      <c r="L31" s="24" t="s">
+        <v>212</v>
+      </c>
+      <c r="M31" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N31" s="24" t="s">
+        <v>1083</v>
+      </c>
+      <c r="O31" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P31" s="24" t="s">
+        <v>1080</v>
+      </c>
+      <c r="Q31" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="R31" s="24" t="s">
+        <v>865</v>
+      </c>
+      <c r="S31" s="24" t="s">
+        <v>919</v>
+      </c>
+      <c r="T31" s="34" t="s">
+        <v>1675</v>
+      </c>
+      <c r="U31" s="24" t="s">
+        <v>1387</v>
       </c>
     </row>
     <row r="32" spans="1:21" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A32" s="7" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>1436</v>
+        <v>1388</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>1132</v>
+        <v>1087</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="G32" s="7" t="s">
-        <v>1155</v>
+        <v>1110</v>
       </c>
       <c r="H32" s="7" t="s">
-        <v>1154</v>
+        <v>1109</v>
       </c>
       <c r="I32" s="7" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="J32" s="7" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>1161</v>
+        <v>218</v>
+      </c>
+      <c r="K32" s="19" t="s">
+        <v>1116</v>
       </c>
       <c r="L32" s="7" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>219</v>
+      </c>
+      <c r="M32" s="19" t="s">
+        <v>818</v>
       </c>
       <c r="N32" s="7" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="O32" s="7" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P32" s="7" t="s">
-        <v>1153</v>
+        <v>1108</v>
       </c>
       <c r="Q32" s="7" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="R32" s="7" t="s">
-        <v>893</v>
+        <v>862</v>
       </c>
       <c r="S32" s="7" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="T32" s="8" t="s">
-        <v>1152</v>
+        <v>1107</v>
       </c>
       <c r="U32" s="7" t="s">
-        <v>865</v>
+        <v>834</v>
       </c>
     </row>
     <row r="33" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A33" s="6" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>231</v>
+        <v>1742</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>1169</v>
+        <v>1124</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>1658</v>
+        <v>1598</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>870</v>
+        <v>839</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>864</v>
+        <v>833</v>
       </c>
       <c r="K33" s="13" t="s">
-        <v>1171</v>
+        <v>1126</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="M33" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>1121</v>
+        <v>1076</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>1122</v>
+        <v>1077</v>
       </c>
       <c r="Q33" s="6" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>897</v>
+        <v>866</v>
       </c>
       <c r="S33" s="6" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="T33" s="10" t="s">
-        <v>1180</v>
+        <v>1135</v>
       </c>
       <c r="U33" s="6" t="s">
-        <v>1667</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="34" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A34" s="6" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>1000</v>
+        <v>963</v>
       </c>
       <c r="G34" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="I34" s="6" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="K34" s="13" t="s">
-        <v>1266</v>
+        <v>1219</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="M34" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="O34" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P34" s="6" t="s">
-        <v>1230</v>
+        <v>1183</v>
       </c>
       <c r="Q34" s="6" t="s">
-        <v>1133</v>
+        <v>1088</v>
       </c>
       <c r="R34" s="6" t="s">
-        <v>1134</v>
+        <v>1089</v>
       </c>
       <c r="S34" s="6" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="T34" s="10" t="s">
-        <v>1589</v>
+        <v>1534</v>
       </c>
       <c r="U34" s="6" t="s">
-        <v>1135</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="35" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A35" s="6" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>949</v>
+        <v>914</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>1437</v>
+        <v>1389</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>1686</v>
+        <v>1626</v>
       </c>
       <c r="K35" s="13" t="s">
-        <v>1267</v>
+        <v>1220</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="M35" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>703</v>
+        <v>680</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>919</v>
+        <v>887</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>944</v>
+        <v>909</v>
       </c>
       <c r="T35" s="10" t="s">
-        <v>1685</v>
+        <v>1625</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>836</v>
+        <v>808</v>
       </c>
     </row>
     <row r="36" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A36" s="6" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="G36" s="6" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="I36" s="6" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>1235</v>
+        <v>1188</v>
       </c>
       <c r="K36" s="13" t="s">
-        <v>1268</v>
+        <v>1221</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="M36" s="13" t="s">
-        <v>1342</v>
+        <v>1294</v>
       </c>
       <c r="N36" s="6" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="O36" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P36" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q36" s="6" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="R36" s="6" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="S36" s="6" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="T36" s="10" t="s">
-        <v>798</v>
+        <v>773</v>
       </c>
       <c r="U36" s="6"/>
     </row>
     <row r="37" spans="1:21" ht="204" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>714</v>
+        <v>689</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="G37" s="6" t="s">
-        <v>1560</v>
+        <v>1743</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="I37" s="6" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="K37" s="13" t="s">
-        <v>1255</v>
+        <v>1208</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>747</v>
+        <v>722</v>
       </c>
       <c r="M37" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="O37" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>1201</v>
+        <v>1156</v>
       </c>
       <c r="Q37" s="6" t="s">
-        <v>1517</v>
+        <v>1466</v>
       </c>
       <c r="R37" s="6" t="s">
-        <v>1516</v>
+        <v>1465</v>
       </c>
       <c r="S37" s="6" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="T37" s="10" t="s">
-        <v>1556</v>
+        <v>1504</v>
       </c>
       <c r="U37" s="6" t="s">
-        <v>1515</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="38" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A38" s="6" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="G38" s="6" t="s">
-        <v>1760</v>
+        <v>1699</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>1761</v>
+        <v>1700</v>
       </c>
       <c r="I38" s="6" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="K38" s="13" t="s">
-        <v>1269</v>
+        <v>1222</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="M38" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N38" s="6" t="s">
-        <v>1370</v>
+        <v>1322</v>
       </c>
       <c r="O38" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P38" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Q38" s="6" t="s">
-        <v>724</v>
+        <v>699</v>
       </c>
       <c r="R38" s="6" t="s">
-        <v>898</v>
+        <v>867</v>
       </c>
       <c r="S38" s="6" t="s">
-        <v>844</v>
+        <v>814</v>
       </c>
       <c r="T38" s="10" t="s">
-        <v>988</v>
+        <v>951</v>
       </c>
       <c r="U38" s="6" t="s">
-        <v>990</v>
+        <v>953</v>
       </c>
     </row>
     <row r="39" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A39" s="6" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>950</v>
+        <v>915</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>1518</v>
+        <v>1467</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>985</v>
+        <v>948</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>986</v>
+        <v>949</v>
       </c>
       <c r="K39" s="13" t="s">
-        <v>1270</v>
+        <v>1223</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="M39" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>724</v>
+        <v>699</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>898</v>
+        <v>867</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>844</v>
+        <v>814</v>
       </c>
       <c r="T39" s="10" t="s">
-        <v>1438</v>
+        <v>1390</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>1439</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="40" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A40" s="6" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="G40" s="6" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>1137</v>
+        <v>1092</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="K40" s="13" t="s">
-        <v>1440</v>
+        <v>1392</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="M40" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>1355</v>
+        <v>1307</v>
       </c>
       <c r="O40" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>1138</v>
+        <v>1093</v>
       </c>
       <c r="Q40" s="6" t="s">
-        <v>724</v>
+        <v>699</v>
       </c>
       <c r="R40" s="6" t="s">
-        <v>898</v>
+        <v>867</v>
       </c>
       <c r="S40" s="6" t="s">
-        <v>844</v>
+        <v>814</v>
       </c>
       <c r="T40" s="10" t="s">
-        <v>1438</v>
+        <v>1390</v>
       </c>
       <c r="U40" s="6" t="s">
-        <v>1441</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="41" spans="1:21" ht="102" x14ac:dyDescent="0.25">
       <c r="A41" s="6" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>1443</v>
+        <v>1395</v>
       </c>
       <c r="G41" s="6" t="s">
-        <v>1444</v>
+        <v>1744</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="I41" s="6" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="K41" s="13" t="s">
-        <v>1271</v>
+        <v>1224</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="M41" s="13" t="s">
-        <v>1348</v>
+        <v>1300</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>1445</v>
+        <v>1396</v>
       </c>
       <c r="O41" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P41" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q41" s="6" t="s">
-        <v>1442</v>
+        <v>1394</v>
       </c>
       <c r="R41" s="6" t="s">
-        <v>899</v>
+        <v>868</v>
       </c>
       <c r="S41" s="6" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="T41" s="10" t="s">
-        <v>1557</v>
+        <v>1505</v>
       </c>
       <c r="U41" s="6" t="s">
-        <v>1446</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="42" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A42" s="6" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E42" s="6" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="G42" s="6" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>789</v>
+        <v>764</v>
       </c>
       <c r="I42" s="6" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="K42" s="13" t="s">
-        <v>1272</v>
+        <v>1225</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="M42" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N42" s="6" t="s">
-        <v>1371</v>
+        <v>1323</v>
       </c>
       <c r="O42" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P42" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="Q42" s="6" t="s">
+        <v>1493</v>
+      </c>
+      <c r="R42" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="S42" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="T42" s="10" t="s">
+        <v>1492</v>
+      </c>
+      <c r="U42" s="6" t="s">
         <v>1398</v>
-      </c>
-[...13 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="43" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A43" s="6" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>1561</v>
+        <v>1508</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="K43" s="13" t="s">
-        <v>1273</v>
+        <v>1226</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="M43" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>1356</v>
+        <v>1308</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>1399</v>
+        <v>1351</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>1092</v>
+        <v>1048</v>
       </c>
       <c r="T43" s="10" t="s">
-        <v>1558</v>
+        <v>1506</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>1091</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="44" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A44" s="6" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="F44" s="6" t="s">
+        <v>1745</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="K44" s="13" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="M44" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="N44" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="O44" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P44" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="Q44" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="R44" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="S44" s="6" t="s">
         <v>307</v>
       </c>
-      <c r="G44" s="6" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="T44" s="10" t="s">
-        <v>800</v>
+        <v>775</v>
       </c>
       <c r="U44" s="6"/>
     </row>
     <row r="45" spans="1:21" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A45" s="6" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>1448</v>
+        <v>1399</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>1449</v>
+        <v>1400</v>
       </c>
       <c r="G45" s="11" t="s">
-        <v>1450</v>
+        <v>1401</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="I45" s="6" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="J45" s="6" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="K45" s="13" t="s">
-        <v>1275</v>
+        <v>1228</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="M45" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N45" s="6" t="s">
-        <v>1357</v>
+        <v>1309</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P45" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q45" s="6" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="R45" s="6" t="s">
-        <v>932</v>
+        <v>900</v>
       </c>
       <c r="S45" s="6" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="T45" s="10" t="s">
-        <v>1451</v>
+        <v>1402</v>
       </c>
       <c r="U45" s="6" t="s">
-        <v>1452</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="46" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A46" s="6" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>1737</v>
+        <v>1676</v>
       </c>
       <c r="F46" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="G46" s="6" t="s">
+        <v>1770</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="I46" s="6" t="s">
         <v>315</v>
       </c>
-      <c r="G46" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J46" s="6" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="K46" s="13" t="s">
-        <v>1276</v>
+        <v>1229</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="M46" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N46" s="6" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="O46" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P46" s="6" t="s">
-        <v>1454</v>
+        <v>1404</v>
       </c>
       <c r="Q46" s="6" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="R46" s="6" t="s">
-        <v>932</v>
+        <v>900</v>
       </c>
       <c r="S46" s="6" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="T46" s="10" t="s">
-        <v>1455</v>
+        <v>1405</v>
       </c>
       <c r="U46" s="6" t="s">
-        <v>1456</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="47" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A47" s="6" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>1151</v>
+        <v>1106</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>1149</v>
+        <v>1104</v>
       </c>
       <c r="K47" s="13" t="s">
-        <v>1166</v>
+        <v>1121</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>753</v>
+        <v>728</v>
       </c>
       <c r="M47" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="T47" s="10" t="s">
-        <v>1147</v>
+        <v>1102</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>1148</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="48" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A48" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>600</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>329</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>329</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="J48" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="K48" s="19" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L48" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="M48" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="N48" s="7" t="s">
+        <v>334</v>
+      </c>
+      <c r="O48" s="7" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P48" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="Q48" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="R48" s="7" t="s">
+        <v>902</v>
+      </c>
+      <c r="S48" s="7" t="s">
         <v>336</v>
       </c>
-      <c r="B48" s="6" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T48" s="8" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>776</v>
+      </c>
+      <c r="U48" s="19" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="49" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A49" s="6" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>1457</v>
+        <v>1407</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>1278</v>
+        <v>342</v>
+      </c>
+      <c r="K49" s="22" t="s">
+        <v>1231</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="M49" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N49" s="6"/>
       <c r="O49" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P49" s="6" t="s">
-        <v>1400</v>
+        <v>1352</v>
       </c>
       <c r="Q49" s="6" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="R49" s="6" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="S49" s="6" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="T49" s="10" t="s">
-        <v>1458</v>
+        <v>1408</v>
       </c>
       <c r="U49" s="6" t="s">
-        <v>1459</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="50" spans="1:21" ht="102" x14ac:dyDescent="0.25">
       <c r="A50" s="6" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>1709</v>
+        <v>1648</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>1716</v>
+        <v>1655</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>940</v>
+        <v>906</v>
       </c>
       <c r="I50" s="6" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="J50" s="6" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="K50" s="13" t="s">
-        <v>1279</v>
+        <v>1232</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="M50" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N50" s="6" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="O50" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P50" s="6" t="s">
-        <v>1401</v>
+        <v>1353</v>
       </c>
       <c r="Q50" s="6" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="R50" s="6" t="s">
-        <v>900</v>
+        <v>869</v>
       </c>
       <c r="S50" s="6" t="s">
-        <v>1523</v>
+        <v>1472</v>
       </c>
       <c r="T50" s="10" t="s">
-        <v>1687</v>
+        <v>1627</v>
       </c>
       <c r="U50" s="6" t="s">
-        <v>1688</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="51" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A51" s="6" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>769</v>
+        <v>744</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>1578</v>
+        <v>1524</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>1579</v>
+        <v>1525</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="K51" s="13" t="s">
-        <v>1197</v>
+        <v>1152</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="M51" s="13" t="s">
-        <v>1198</v>
+        <v>1153</v>
       </c>
       <c r="N51" s="6" t="s">
-        <v>756</v>
+        <v>731</v>
       </c>
       <c r="O51" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P51" s="6" t="s">
-        <v>1229</v>
+        <v>1182</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>901</v>
+        <v>870</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>1188</v>
+        <v>1143</v>
       </c>
       <c r="T51" s="10" t="s">
-        <v>1581</v>
+        <v>1527</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>1189</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="52" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A52" s="26" t="s">
-[...60 lines deleted...]
-        <v>1463</v>
+      <c r="A52" s="24" t="s">
+        <v>602</v>
+      </c>
+      <c r="B52" s="24" t="s">
+        <v>603</v>
+      </c>
+      <c r="C52" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D52" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E52" s="24" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F52" s="24" t="s">
+        <v>604</v>
+      </c>
+      <c r="G52" s="24" t="s">
+        <v>604</v>
+      </c>
+      <c r="H52" s="24" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I52" s="24" t="s">
+        <v>605</v>
+      </c>
+      <c r="J52" s="24" t="s">
+        <v>606</v>
+      </c>
+      <c r="K52" s="25" t="s">
+        <v>1411</v>
+      </c>
+      <c r="L52" s="24" t="s">
+        <v>607</v>
+      </c>
+      <c r="M52" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N52" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="O52" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P52" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q52" s="24" t="s">
+        <v>609</v>
+      </c>
+      <c r="R52" s="24" t="s">
+        <v>871</v>
+      </c>
+      <c r="S52" s="24" t="s">
+        <v>1711</v>
+      </c>
+      <c r="T52" s="26" t="s">
+        <v>1412</v>
+      </c>
+      <c r="U52" s="24" t="s">
+        <v>1413</v>
       </c>
     </row>
     <row r="53" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A53" s="7" t="s">
+        <v>360</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>600</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>361</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>362</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>363</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>925</v>
+      </c>
+      <c r="J53" s="7" t="s">
+        <v>364</v>
+      </c>
+      <c r="K53" s="19" t="s">
+        <v>1233</v>
+      </c>
+      <c r="L53" s="7" t="s">
+        <v>365</v>
+      </c>
+      <c r="M53" s="19" t="s">
+        <v>1295</v>
+      </c>
+      <c r="N53" s="7" t="s">
+        <v>366</v>
+      </c>
+      <c r="O53" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P53" s="7" t="s">
+        <v>817</v>
+      </c>
+      <c r="Q53" s="7" t="s">
+        <v>368</v>
+      </c>
+      <c r="R53" s="7" t="s">
+        <v>888</v>
+      </c>
+      <c r="S53" s="7" t="s">
+        <v>367</v>
+      </c>
+      <c r="T53" s="8" t="s">
+        <v>1064</v>
+      </c>
+      <c r="U53" s="7" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21" s="27" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A54" s="24" t="s">
         <v>369</v>
       </c>
-      <c r="B53" s="7" t="s">
-[...11 lines deleted...]
-      <c r="F53" s="7" t="s">
+      <c r="B54" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="C54" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D54" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E54" s="24" t="s">
+        <v>807</v>
+      </c>
+      <c r="F54" s="24" t="s">
+        <v>768</v>
+      </c>
+      <c r="G54" s="24" t="s">
+        <v>769</v>
+      </c>
+      <c r="H54" s="24" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I54" s="24" t="s">
         <v>370</v>
       </c>
-      <c r="G53" s="7" t="s">
+      <c r="J54" s="24" t="s">
         <v>371</v>
       </c>
-      <c r="H53" s="7" t="s">
+      <c r="K54" s="25" t="s">
+        <v>1234</v>
+      </c>
+      <c r="L54" s="24" t="s">
         <v>372</v>
       </c>
-      <c r="I53" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J53" s="7" t="s">
+      <c r="M54" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N54" s="24" t="s">
         <v>373</v>
       </c>
-      <c r="K53" s="20" t="s">
-[...2 lines deleted...]
-      <c r="L53" s="7" t="s">
+      <c r="O54" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P54" s="24" t="s">
+        <v>1354</v>
+      </c>
+      <c r="Q54" s="24" t="s">
+        <v>1704</v>
+      </c>
+      <c r="R54" s="24" t="s">
+        <v>1765</v>
+      </c>
+      <c r="S54" s="24" t="s">
         <v>374</v>
       </c>
-      <c r="M53" s="20" t="s">
-[...89 lines deleted...]
-        <v>1111</v>
+      <c r="T54" s="26" t="s">
+        <v>1709</v>
+      </c>
+      <c r="U54" s="24" t="s">
+        <v>1066</v>
       </c>
     </row>
     <row r="55" spans="1:21" ht="102" x14ac:dyDescent="0.25">
       <c r="A55" s="7" t="s">
-        <v>384</v>
+        <v>375</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>1212</v>
+        <v>1167</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>1132</v>
+        <v>1087</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>385</v>
+        <v>376</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>785</v>
+        <v>760</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>784</v>
+        <v>759</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="I55" s="7" t="s">
-        <v>709</v>
+        <v>684</v>
       </c>
       <c r="J55" s="7" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>1282</v>
+        <v>685</v>
+      </c>
+      <c r="K55" s="19" t="s">
+        <v>1235</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>1344</v>
+        <v>686</v>
+      </c>
+      <c r="M55" s="19" t="s">
+        <v>1296</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>937</v>
+        <v>903</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="T55" s="8" t="s">
-        <v>1216</v>
+        <v>1171</v>
       </c>
       <c r="U55" s="7" t="s">
-        <v>1217</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="56" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A56" s="6" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="G56" s="6" t="s">
-        <v>1643</v>
+        <v>1746</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="K56" s="13" t="s">
-        <v>1187</v>
+        <v>1142</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>1141</v>
+      </c>
+      <c r="M56" s="17" t="s">
+        <v>818</v>
       </c>
       <c r="N56" s="6" t="s">
-        <v>1185</v>
+        <v>1140</v>
       </c>
       <c r="O56" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P56" s="6" t="s">
-        <v>1401</v>
+        <v>1353</v>
       </c>
       <c r="Q56" s="6" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="R56" s="6" t="s">
-        <v>903</v>
+        <v>872</v>
       </c>
       <c r="S56" s="6" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="T56" s="10" t="s">
-        <v>1659</v>
+        <v>1599</v>
       </c>
       <c r="U56" s="6" t="s">
-        <v>1184</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="57" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A57" s="6" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>781</v>
+        <v>756</v>
       </c>
       <c r="G57" s="6" t="s">
-        <v>1719</v>
+        <v>1658</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>1519</v>
+        <v>1468</v>
       </c>
       <c r="I57" s="6" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="K57" s="13" t="s">
-        <v>1283</v>
+        <v>1236</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="M57" s="13" t="s">
-        <v>1345</v>
+        <v>1297</v>
       </c>
       <c r="N57" s="6" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="O57" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P57" s="6" t="s">
-        <v>1403</v>
+        <v>1355</v>
       </c>
       <c r="Q57" s="6" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="R57" s="6" t="s">
-        <v>900</v>
+        <v>869</v>
       </c>
       <c r="S57" s="6" t="s">
-        <v>1523</v>
+        <v>1472</v>
       </c>
       <c r="T57" s="10" t="s">
-        <v>1689</v>
+        <v>1629</v>
       </c>
       <c r="U57" s="6" t="s">
-        <v>861</v>
+        <v>831</v>
       </c>
     </row>
     <row r="58" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A58" s="6" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="G58" s="6" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>1036</v>
+        <v>997</v>
       </c>
       <c r="K58" s="13" t="s">
-        <v>1284</v>
+        <v>1237</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="M58" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N58" s="6" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P58" s="13" t="s">
-        <v>1464</v>
+        <v>1414</v>
       </c>
       <c r="Q58" s="6" t="s">
-        <v>1762</v>
+        <v>1701</v>
       </c>
       <c r="R58" s="6" t="s">
-        <v>904</v>
+        <v>873</v>
       </c>
       <c r="S58" s="6" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="T58" s="10" t="s">
-        <v>1465</v>
+        <v>1415</v>
       </c>
       <c r="U58" s="6" t="s">
-        <v>1466</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="59" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A59" s="7" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>1089</v>
+        <v>1045</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>1132</v>
+        <v>1087</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="H59" s="7" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="I59" s="7" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="J59" s="7" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>1285</v>
+        <v>408</v>
+      </c>
+      <c r="K59" s="19" t="s">
+        <v>1238</v>
       </c>
       <c r="L59" s="7" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>1285</v>
+        <v>409</v>
+      </c>
+      <c r="M59" s="19" t="s">
+        <v>1238</v>
       </c>
       <c r="N59" s="7" t="s">
-        <v>1358</v>
+        <v>1310</v>
       </c>
       <c r="O59" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P59" s="7" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="Q59" s="7" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="R59" s="7" t="s">
+        <v>897</v>
+      </c>
+      <c r="S59" s="7" t="s">
         <v>929</v>
       </c>
-      <c r="S59" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T59" s="8" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>750</v>
+      </c>
+      <c r="U59" s="19" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="60" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A60" s="6" t="s">
-        <v>630</v>
+        <v>610</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="G60" s="6" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>1095</v>
+        <v>1051</v>
       </c>
       <c r="I60" s="6" t="s">
-        <v>634</v>
+        <v>614</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>1236</v>
+        <v>1189</v>
       </c>
       <c r="K60" s="13" t="s">
-        <v>1286</v>
+        <v>1239</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>635</v>
+        <v>615</v>
       </c>
       <c r="M60" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N60" s="6" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="O60" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P60" s="6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="Q60" s="6" t="s">
-        <v>759</v>
+        <v>734</v>
       </c>
       <c r="R60" s="6" t="s">
-        <v>1094</v>
+        <v>1050</v>
       </c>
       <c r="S60" s="6" t="s">
-        <v>1093</v>
+        <v>1049</v>
       </c>
       <c r="T60" s="10" t="s">
-        <v>802</v>
+        <v>777</v>
       </c>
       <c r="U60" s="6" t="s">
-        <v>699</v>
+        <v>676</v>
       </c>
     </row>
     <row r="61" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A61" s="6" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>422</v>
+        <v>1747</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>422</v>
+        <v>1747</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="I61" s="6" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
       <c r="K61" s="13" t="s">
-        <v>1287</v>
+        <v>1240</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>1665</v>
+        <v>1605</v>
       </c>
       <c r="M61" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N61" s="6" t="s">
-        <v>757</v>
+        <v>732</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P61" s="6" t="s">
-        <v>1661</v>
+        <v>1601</v>
       </c>
       <c r="Q61" s="6" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="R61" s="6" t="s">
-        <v>921</v>
+        <v>889</v>
       </c>
       <c r="S61" s="6" t="s">
-        <v>1649</v>
+        <v>1590</v>
       </c>
       <c r="T61" s="10" t="s">
-        <v>1660</v>
+        <v>1600</v>
       </c>
       <c r="U61" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
     </row>
     <row r="62" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A62" s="6" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>1666</v>
+        <v>1606</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="I62" s="6" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="J62" s="6" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="K62" s="13" t="s">
-        <v>1288</v>
+        <v>1241</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="M62" s="13" t="s">
-        <v>1288</v>
+        <v>1241</v>
       </c>
       <c r="N62" s="6" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="O62" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P62" s="6" t="s">
-        <v>1401</v>
+        <v>1353</v>
       </c>
       <c r="Q62" s="6" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="R62" s="6" t="s">
-        <v>921</v>
+        <v>889</v>
       </c>
       <c r="S62" s="6" t="s">
-        <v>1649</v>
+        <v>1590</v>
       </c>
       <c r="T62" s="10" t="s">
-        <v>1653</v>
+        <v>1594</v>
       </c>
       <c r="U62" s="6"/>
     </row>
-    <row r="63" spans="1:21" s="29" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B63" s="26" t="s">
+    <row r="63" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="B63" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="C63" s="26" t="s">
-[...35 lines deleted...]
-      <c r="O63" s="26" t="s">
+      <c r="C63" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D63" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E63" s="24" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F63" s="24" t="s">
+        <v>426</v>
+      </c>
+      <c r="G63" s="24" t="s">
+        <v>426</v>
+      </c>
+      <c r="H63" s="24" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I63" s="24" t="s">
+        <v>427</v>
+      </c>
+      <c r="J63" s="24" t="s">
+        <v>1190</v>
+      </c>
+      <c r="K63" s="25" t="s">
+        <v>1242</v>
+      </c>
+      <c r="L63" s="24" t="s">
+        <v>428</v>
+      </c>
+      <c r="M63" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N63" s="24" t="s">
+        <v>1311</v>
+      </c>
+      <c r="O63" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="P63" s="26" t="s">
-[...15 lines deleted...]
-        <v>1042</v>
+      <c r="P63" s="24" t="s">
+        <v>1341</v>
+      </c>
+      <c r="Q63" s="24" t="s">
+        <v>429</v>
+      </c>
+      <c r="R63" s="24" t="s">
+        <v>874</v>
+      </c>
+      <c r="S63" s="24" t="s">
+        <v>1000</v>
+      </c>
+      <c r="T63" s="26" t="s">
+        <v>1705</v>
+      </c>
+      <c r="U63" s="24" t="s">
+        <v>1002</v>
       </c>
     </row>
     <row r="64" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A64" s="6" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>951</v>
+        <v>916</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="I64" s="6" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="K64" s="13" t="s">
-        <v>1290</v>
+        <v>1243</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>748</v>
+        <v>723</v>
       </c>
       <c r="M64" s="13" t="s">
-        <v>1346</v>
+        <v>1298</v>
       </c>
       <c r="N64" s="6" t="s">
-        <v>1372</v>
+        <v>1324</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P64" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q64" s="6" t="s">
-        <v>1691</v>
+        <v>1631</v>
       </c>
       <c r="R64" s="6" t="s">
-        <v>1692</v>
+        <v>1632</v>
       </c>
       <c r="S64" s="6" t="s">
-        <v>1124</v>
+        <v>1079</v>
       </c>
       <c r="T64" s="10" t="s">
-        <v>1690</v>
+        <v>1630</v>
       </c>
       <c r="U64" s="6" t="s">
-        <v>1693</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="65" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A65" s="7" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>1214</v>
+        <v>1169</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>1132</v>
+        <v>1087</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="G65" s="7" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="H65" s="7" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="I65" s="7" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="J65" s="7" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>1291</v>
+        <v>443</v>
+      </c>
+      <c r="K65" s="19" t="s">
+        <v>1244</v>
       </c>
       <c r="L65" s="7" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>1291</v>
+        <v>444</v>
+      </c>
+      <c r="M65" s="19" t="s">
+        <v>1244</v>
       </c>
       <c r="N65" s="7" t="s">
-        <v>1373</v>
+        <v>1325</v>
       </c>
       <c r="O65" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P65" s="7" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Q65" s="7" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="R65" s="7" t="s">
-        <v>931</v>
+        <v>899</v>
       </c>
       <c r="S65" s="7" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="T65" s="8" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>774</v>
+      </c>
+      <c r="U65" s="19" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="66" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A66" s="6" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E66" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="G66" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="J66" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K66" s="13" t="s">
+        <v>1586</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="M66" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="N66" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="O66" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="P66" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q66" s="6" t="s">
+        <v>932</v>
+      </c>
+      <c r="R66" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="S66" s="6" t="s">
+        <v>1417</v>
+      </c>
+      <c r="T66" s="10" t="s">
+        <v>938</v>
+      </c>
+      <c r="U66" s="6" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21" s="27" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
+      <c r="A67" s="24" t="s">
+        <v>451</v>
+      </c>
+      <c r="B67" s="24" t="s">
+        <v>486</v>
+      </c>
+      <c r="C67" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D67" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E67" s="24" t="s">
+        <v>452</v>
+      </c>
+      <c r="F67" s="24" t="s">
+        <v>795</v>
+      </c>
+      <c r="G67" s="24" t="s">
+        <v>795</v>
+      </c>
+      <c r="H67" s="24" t="s">
+        <v>1666</v>
+      </c>
+      <c r="I67" s="24" t="s">
+        <v>453</v>
+      </c>
+      <c r="J67" s="24" t="s">
+        <v>454</v>
+      </c>
+      <c r="K67" s="25" t="s">
+        <v>1496</v>
+      </c>
+      <c r="L67" s="24" t="s">
+        <v>455</v>
+      </c>
+      <c r="M67" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N67" s="24" t="s">
         <v>456</v>
       </c>
-      <c r="F66" s="6" t="s">
-[...110 lines deleted...]
-        <v>1468</v>
+      <c r="O67" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P67" s="24" t="s">
+        <v>1356</v>
+      </c>
+      <c r="Q67" s="24" t="s">
+        <v>932</v>
+      </c>
+      <c r="R67" s="24" t="s">
+        <v>933</v>
+      </c>
+      <c r="S67" s="24" t="s">
+        <v>1417</v>
+      </c>
+      <c r="T67" s="26" t="s">
+        <v>1660</v>
+      </c>
+      <c r="U67" s="24" t="s">
+        <v>1418</v>
       </c>
     </row>
     <row r="68" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A68" s="6" t="s">
-        <v>637</v>
+        <v>617</v>
       </c>
       <c r="B68" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="J68" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="K68" s="13" t="s">
+        <v>1245</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="M68" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="N68" s="6" t="s">
         <v>623</v>
-      </c>
-[...34 lines deleted...]
-        <v>644</v>
       </c>
       <c r="O68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P68" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q68" s="6" t="s">
-        <v>959</v>
+        <v>924</v>
       </c>
       <c r="R68" s="6" t="s">
-        <v>906</v>
+        <v>875</v>
       </c>
       <c r="S68" s="6" t="s">
-        <v>645</v>
+        <v>624</v>
       </c>
       <c r="T68" s="10" t="s">
-        <v>957</v>
+        <v>922</v>
       </c>
       <c r="U68" s="6" t="s">
-        <v>958</v>
+        <v>923</v>
       </c>
     </row>
-    <row r="69" spans="1:21" s="29" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B69" s="26" t="s">
+    <row r="69" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="24" t="s">
+        <v>457</v>
+      </c>
+      <c r="B69" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="C69" s="26" t="s">
-[...54 lines deleted...]
-        <v>882</v>
+      <c r="C69" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D69" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E69" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="F69" s="24" t="s">
+        <v>459</v>
+      </c>
+      <c r="G69" s="24" t="s">
+        <v>460</v>
+      </c>
+      <c r="H69" s="24" t="s">
+        <v>1673</v>
+      </c>
+      <c r="I69" s="24" t="s">
+        <v>461</v>
+      </c>
+      <c r="J69" s="24" t="s">
+        <v>462</v>
+      </c>
+      <c r="K69" s="25" t="s">
+        <v>1246</v>
+      </c>
+      <c r="L69" s="24" t="s">
+        <v>463</v>
+      </c>
+      <c r="M69" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N69" s="24" t="s">
+        <v>1312</v>
+      </c>
+      <c r="O69" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P69" s="24" t="s">
+        <v>1357</v>
+      </c>
+      <c r="Q69" s="24" t="s">
+        <v>464</v>
+      </c>
+      <c r="R69" s="24" t="s">
+        <v>876</v>
+      </c>
+      <c r="S69" s="24" t="s">
+        <v>465</v>
+      </c>
+      <c r="T69" s="26" t="s">
+        <v>855</v>
+      </c>
+      <c r="U69" s="24" t="s">
+        <v>851</v>
       </c>
     </row>
     <row r="70" spans="1:21" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A70" s="6" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>1077</v>
+        <v>1033</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>1710</v>
+        <v>1649</v>
       </c>
       <c r="G70" s="6" t="s">
-        <v>1717</v>
+        <v>1656</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="I70" s="6" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="J70" s="6" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="K70" s="13" t="s">
-        <v>1294</v>
+        <v>1247</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="M70" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N70" s="6" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="O70" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P70" s="6" t="s">
-        <v>1695</v>
+        <v>1635</v>
       </c>
       <c r="Q70" s="6" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="R70" s="6" t="s">
-        <v>908</v>
+        <v>877</v>
       </c>
       <c r="S70" s="6" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="T70" s="10" t="s">
-        <v>1694</v>
+        <v>1634</v>
       </c>
       <c r="U70" s="6" t="s">
-        <v>1078</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="71" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A71" s="6" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>1711</v>
+        <v>1650</v>
       </c>
       <c r="G71" s="6" t="s">
-        <v>1711</v>
+        <v>1650</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>1074</v>
+        <v>1030</v>
       </c>
       <c r="I71" s="6" t="s">
-        <v>485</v>
+        <v>475</v>
       </c>
       <c r="J71" s="6" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="K71" s="13" t="s">
-        <v>1172</v>
+        <v>1127</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>477</v>
+      </c>
+      <c r="M71" s="17" t="s">
+        <v>818</v>
       </c>
       <c r="N71" s="6" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="O71" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P71" s="6" t="s">
-        <v>1178</v>
+        <v>1133</v>
       </c>
       <c r="Q71" s="6" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="R71" s="6" t="s">
-        <v>908</v>
+        <v>877</v>
       </c>
       <c r="S71" s="6" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="T71" s="10" t="s">
-        <v>1696</v>
+        <v>1636</v>
       </c>
       <c r="U71" s="6" t="s">
-        <v>1179</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="72" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A72" s="7" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>1469</v>
+        <v>1419</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>1132</v>
+        <v>1087</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>770</v>
+        <v>745</v>
       </c>
       <c r="F72" s="7" t="s">
-        <v>796</v>
+        <v>771</v>
       </c>
       <c r="G72" s="7" t="s">
-        <v>796</v>
+        <v>771</v>
       </c>
       <c r="H72" s="7" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="I72" s="7" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="J72" s="7" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>1295</v>
+        <v>482</v>
+      </c>
+      <c r="K72" s="19" t="s">
+        <v>1248</v>
       </c>
       <c r="L72" s="7" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>483</v>
+      </c>
+      <c r="M72" s="19" t="s">
+        <v>818</v>
       </c>
       <c r="N72" s="7" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="O72" s="7" t="s">
         <v>20</v>
       </c>
       <c r="P72" s="7" t="s">
-        <v>1391</v>
+        <v>1343</v>
       </c>
       <c r="Q72" s="7" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="R72" s="7" t="s">
-        <v>908</v>
+        <v>877</v>
       </c>
       <c r="S72" s="7" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="T72" s="8" t="s">
-        <v>786</v>
+        <v>761</v>
       </c>
       <c r="U72" s="7" t="s">
-        <v>704</v>
+        <v>681</v>
       </c>
     </row>
     <row r="73" spans="1:21" s="3" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A73" s="6" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E73" s="6" t="s">
-        <v>1738</v>
+        <v>1677</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="G73" s="6" t="s">
-        <v>952</v>
+        <v>917</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>1123</v>
+        <v>1078</v>
       </c>
       <c r="I73" s="6" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
       <c r="J73" s="6" t="s">
-        <v>1130</v>
+        <v>1085</v>
       </c>
       <c r="K73" s="13" t="s">
-        <v>1470</v>
+        <v>1420</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>963</v>
+        <v>928</v>
       </c>
       <c r="M73" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N73" s="6" t="s">
-        <v>1471</v>
+        <v>1421</v>
       </c>
       <c r="O73" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P73" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q73" s="6" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="R73" s="6" t="s">
-        <v>909</v>
+        <v>878</v>
       </c>
       <c r="S73" s="6" t="s">
-        <v>500</v>
+        <v>490</v>
       </c>
       <c r="T73" s="10" t="s">
-        <v>1697</v>
+        <v>1637</v>
       </c>
       <c r="U73" s="6" t="s">
-        <v>1472</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="74" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A74" s="6" t="s">
-        <v>501</v>
+        <v>491</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>849</v>
+        <v>819</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>1650</v>
+        <v>1591</v>
       </c>
       <c r="G74" s="6" t="s">
-        <v>941</v>
+        <v>1748</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="I74" s="6" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
       <c r="J74" s="6" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
       <c r="K74" s="13" t="s">
-        <v>1669</v>
+        <v>1609</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>495</v>
+      </c>
+      <c r="M74" s="16" t="s">
+        <v>818</v>
       </c>
       <c r="N74" s="6" t="s">
-        <v>1652</v>
+        <v>1593</v>
       </c>
       <c r="O74" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P74" s="6" t="s">
-        <v>1391</v>
+        <v>1343</v>
       </c>
       <c r="Q74" s="6" t="s">
-        <v>1549</v>
+        <v>1497</v>
       </c>
       <c r="R74" s="6" t="s">
-        <v>1550</v>
+        <v>1498</v>
       </c>
       <c r="S74" s="6" t="s">
-        <v>1551</v>
+        <v>1499</v>
       </c>
       <c r="T74" s="10" t="s">
-        <v>1654</v>
+        <v>1595</v>
       </c>
       <c r="U74" s="6" t="s">
-        <v>1655</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="75" spans="1:21" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A75" s="6" t="s">
-        <v>506</v>
+        <v>496</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>507</v>
+        <v>497</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>1724</v>
+        <v>1663</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>1724</v>
+        <v>1663</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>1725</v>
+        <v>1664</v>
       </c>
       <c r="I75" s="6" t="s">
-        <v>508</v>
+        <v>498</v>
       </c>
       <c r="J75" s="6" t="s">
-        <v>509</v>
+        <v>499</v>
       </c>
       <c r="K75" s="13" t="s">
-        <v>1296</v>
+        <v>1249</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
       <c r="M75" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N75" s="6" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="O75" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P75" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q75" s="6" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="R75" s="6" t="s">
-        <v>910</v>
+        <v>879</v>
       </c>
       <c r="S75" s="6" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
       <c r="T75" s="10" t="s">
-        <v>803</v>
+        <v>778</v>
       </c>
       <c r="U75" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
     </row>
     <row r="76" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A76" s="6" t="s">
-        <v>514</v>
+        <v>504</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>1577</v>
+        <v>1523</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>1575</v>
+        <v>1521</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
       <c r="I76" s="6" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="J76" s="6" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="K76" s="13" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="M76" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N76" s="6" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="O76" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P76" s="6" t="s">
-        <v>1127</v>
+        <v>1082</v>
       </c>
       <c r="Q76" s="6" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="R76" s="6" t="s">
-        <v>911</v>
+        <v>880</v>
       </c>
       <c r="S76" s="6" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="T76" s="10" t="s">
-        <v>1582</v>
+        <v>1528</v>
       </c>
       <c r="U76" s="6" t="s">
-        <v>1477</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="77" spans="1:21" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A77" s="6" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
       <c r="I77" s="6" t="s">
-        <v>833</v>
+        <v>805</v>
       </c>
       <c r="J77" s="6" t="s">
-        <v>527</v>
+        <v>517</v>
       </c>
       <c r="K77" s="13" t="s">
-        <v>1298</v>
+        <v>1251</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
       <c r="M77" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N77" s="6" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="O77" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P77" s="11" t="s">
-        <v>1474</v>
+        <v>1424</v>
       </c>
       <c r="Q77" s="6" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="R77" s="6" t="s">
-        <v>911</v>
+        <v>880</v>
       </c>
       <c r="S77" s="6" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="T77" s="10" t="s">
-        <v>1583</v>
+        <v>1529</v>
       </c>
       <c r="U77" s="6" t="s">
-        <v>1478</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="78" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A78" s="6" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="G78" s="6" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>765</v>
+        <v>740</v>
       </c>
       <c r="I78" s="6" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="J78" s="6" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="K78" s="13" t="s">
-        <v>1299</v>
+        <v>1252</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="M78" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N78" s="6" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="O78" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P78" s="6" t="s">
-        <v>1178</v>
+        <v>1133</v>
       </c>
       <c r="Q78" s="6" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="R78" s="6" t="s">
-        <v>911</v>
+        <v>880</v>
       </c>
       <c r="S78" s="6" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="T78" s="10" t="s">
-        <v>1588</v>
+        <v>1533</v>
       </c>
       <c r="U78" s="6" t="s">
-        <v>1479</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="79" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A79" s="7" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>1215</v>
+        <v>1170</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>1132</v>
+        <v>1087</v>
       </c>
       <c r="D79" s="7" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E79" s="7" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="F79" s="7" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="G79" s="7" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="H79" s="7" t="s">
-        <v>695</v>
+        <v>672</v>
       </c>
       <c r="I79" s="7" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
       <c r="J79" s="7" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>532</v>
+      </c>
+      <c r="K79" s="19" t="s">
+        <v>1253</v>
       </c>
       <c r="L79" s="7" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>533</v>
+      </c>
+      <c r="M79" s="19" t="s">
+        <v>818</v>
       </c>
       <c r="N79" s="7" t="s">
-        <v>544</v>
+        <v>534</v>
       </c>
       <c r="O79" s="7" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P79" s="7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q79" s="7" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="R79" s="7" t="s">
-        <v>911</v>
+        <v>880</v>
       </c>
       <c r="S79" s="7" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="T79" s="8" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>779</v>
+      </c>
+      <c r="U79" s="19" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="80" spans="1:21" ht="102" x14ac:dyDescent="0.25">
       <c r="A80" s="6" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E80" s="6" t="s">
-        <v>546</v>
+        <v>536</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>547</v>
+        <v>537</v>
       </c>
       <c r="G80" s="6" t="s">
-        <v>1473</v>
+        <v>1423</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
       <c r="I80" s="6" t="s">
-        <v>712</v>
+        <v>687</v>
       </c>
       <c r="J80" s="6" t="s">
-        <v>713</v>
+        <v>688</v>
       </c>
       <c r="K80" s="13" t="s">
-        <v>1301</v>
+        <v>1254</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="M80" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N80" s="6" t="s">
-        <v>1361</v>
+        <v>1313</v>
       </c>
       <c r="O80" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P80" s="6" t="s">
-        <v>1401</v>
+        <v>1353</v>
       </c>
       <c r="Q80" s="6" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="R80" s="6" t="s">
-        <v>911</v>
+        <v>880</v>
       </c>
       <c r="S80" s="6" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="T80" s="10" t="s">
-        <v>1476</v>
+        <v>1426</v>
       </c>
       <c r="U80" s="6" t="s">
-        <v>1480</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="81" spans="1:21" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A81" s="6" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E81" s="6" t="s">
-        <v>551</v>
+        <v>541</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>552</v>
+        <v>1749</v>
       </c>
       <c r="G81" s="6" t="s">
-        <v>553</v>
+        <v>1750</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="I81" s="6" t="s">
-        <v>555</v>
+        <v>543</v>
       </c>
       <c r="J81" s="6" t="s">
-        <v>556</v>
+        <v>544</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>1302</v>
+        <v>1255</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>557</v>
+        <v>545</v>
       </c>
       <c r="M81" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N81" s="6" t="s">
-        <v>558</v>
+        <v>546</v>
       </c>
       <c r="O81" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P81" s="11" t="s">
-        <v>1591</v>
+        <v>1536</v>
       </c>
       <c r="Q81" s="6" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="R81" s="6" t="s">
-        <v>911</v>
+        <v>880</v>
       </c>
       <c r="S81" s="6" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="T81" s="10" t="s">
-        <v>1590</v>
+        <v>1535</v>
       </c>
       <c r="U81" s="6" t="s">
-        <v>1481</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="82" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A82" s="6" t="s">
-        <v>559</v>
+        <v>547</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E82" s="6" t="s">
-        <v>560</v>
+        <v>548</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>561</v>
+        <v>1751</v>
       </c>
       <c r="G82" s="6" t="s">
-        <v>739</v>
+        <v>714</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>766</v>
+        <v>741</v>
       </c>
       <c r="I82" s="6" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="J82" s="6" t="s">
-        <v>563</v>
+        <v>550</v>
       </c>
       <c r="K82" s="13" t="s">
-        <v>1303</v>
+        <v>1256</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>564</v>
+        <v>551</v>
       </c>
       <c r="M82" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N82" s="6" t="s">
-        <v>565</v>
+        <v>552</v>
       </c>
       <c r="O82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P82" s="6" t="s">
-        <v>1401</v>
+        <v>1353</v>
       </c>
       <c r="Q82" s="6" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="R82" s="6" t="s">
-        <v>911</v>
+        <v>880</v>
       </c>
       <c r="S82" s="6" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="T82" s="10" t="s">
-        <v>1475</v>
+        <v>1425</v>
       </c>
       <c r="U82" s="6" t="s">
-        <v>1482</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="83" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A83" s="6" t="s">
-        <v>566</v>
+        <v>553</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E83" s="6" t="s">
-        <v>567</v>
+        <v>554</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>568</v>
+        <v>1752</v>
       </c>
       <c r="G83" s="6" t="s">
-        <v>1382</v>
+        <v>1334</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>569</v>
+        <v>555</v>
       </c>
       <c r="I83" s="6" t="s">
-        <v>570</v>
+        <v>556</v>
       </c>
       <c r="J83" s="6" t="s">
-        <v>571</v>
+        <v>557</v>
       </c>
       <c r="K83" s="13" t="s">
-        <v>1304</v>
+        <v>1257</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>572</v>
+        <v>558</v>
       </c>
       <c r="M83" s="13" t="s">
-        <v>1304</v>
+        <v>1257</v>
       </c>
       <c r="N83" s="6" t="s">
-        <v>758</v>
+        <v>733</v>
       </c>
       <c r="O83" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P83" s="6" t="s">
-        <v>1017</v>
+        <v>980</v>
       </c>
       <c r="Q83" s="6" t="s">
-        <v>573</v>
+        <v>559</v>
       </c>
       <c r="R83" s="6" t="s">
-        <v>1097</v>
+        <v>1053</v>
       </c>
       <c r="S83" s="6" t="s">
-        <v>1096</v>
+        <v>1052</v>
       </c>
       <c r="T83" s="10" t="s">
-        <v>1384</v>
+        <v>1336</v>
       </c>
       <c r="U83" s="6" t="s">
-        <v>1383</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="84" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A84" s="6" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E84" s="6" t="s">
-        <v>1592</v>
+        <v>1537</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="G84" s="6" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>1593</v>
+        <v>1538</v>
       </c>
       <c r="I84" s="6" t="s">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c r="J84" s="6" t="s">
-        <v>1594</v>
+        <v>1539</v>
       </c>
       <c r="K84" s="13" t="s">
-        <v>1595</v>
+        <v>1540</v>
       </c>
       <c r="L84" s="13" t="s">
-        <v>1596</v>
+        <v>1541</v>
       </c>
       <c r="M84" s="13" t="s">
-        <v>1595</v>
+        <v>1540</v>
       </c>
       <c r="N84" s="6" t="s">
-        <v>1597</v>
+        <v>1542</v>
       </c>
       <c r="O84" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P84" s="13" t="s">
-        <v>1598</v>
+        <v>1543</v>
       </c>
       <c r="Q84" s="6" t="s">
-        <v>693</v>
+        <v>671</v>
       </c>
       <c r="R84" s="6" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="S84" s="6" t="s">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="T84" s="10" t="s">
-        <v>1668</v>
+        <v>1608</v>
       </c>
       <c r="U84" s="6"/>
     </row>
     <row r="85" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A85" s="6" t="s">
-        <v>792</v>
+        <v>767</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E85" s="6" t="s">
-        <v>574</v>
+        <v>560</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>1483</v>
+        <v>1433</v>
       </c>
       <c r="G85" s="6" t="s">
-        <v>1657</v>
+        <v>1597</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>575</v>
+        <v>561</v>
       </c>
       <c r="I85" s="6" t="s">
-        <v>576</v>
+        <v>562</v>
       </c>
       <c r="J85" s="6" t="s">
-        <v>1239</v>
+        <v>1192</v>
       </c>
       <c r="K85" s="13" t="s">
-        <v>1305</v>
+        <v>1258</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="M85" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N85" s="6" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="O85" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P85" s="6" t="s">
-        <v>1406</v>
+        <v>1358</v>
       </c>
       <c r="Q85" s="6" t="s">
-        <v>866</v>
+        <v>835</v>
       </c>
       <c r="R85" s="6" t="s">
-        <v>1104</v>
+        <v>1059</v>
       </c>
       <c r="S85" s="6" t="s">
-        <v>867</v>
+        <v>836</v>
       </c>
       <c r="T85" s="10" t="s">
-        <v>1484</v>
+        <v>1434</v>
       </c>
       <c r="U85" s="6" t="s">
-        <v>1485</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="86" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A86" s="7" t="s">
-        <v>651</v>
+        <v>630</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>1213</v>
+        <v>1168</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>1132</v>
+        <v>1087</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c r="F86" s="7" t="s">
-        <v>653</v>
+        <v>632</v>
       </c>
       <c r="G86" s="7" t="s">
-        <v>654</v>
+        <v>633</v>
       </c>
       <c r="H86" s="7" t="s">
-        <v>655</v>
+        <v>634</v>
       </c>
       <c r="I86" s="7" t="s">
-        <v>656</v>
+        <v>635</v>
       </c>
       <c r="J86" s="7" t="s">
-        <v>659</v>
-[...8 lines deleted...]
-        <v>848</v>
+        <v>638</v>
+      </c>
+      <c r="K86" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="L86" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="M86" s="19" t="s">
+        <v>818</v>
       </c>
       <c r="N86" s="7" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="O86" s="7" t="s">
         <v>20</v>
       </c>
       <c r="P86" s="7" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="Q86" s="7" t="s">
-        <v>657</v>
+        <v>636</v>
       </c>
       <c r="R86" s="7" t="s">
-        <v>938</v>
+        <v>904</v>
       </c>
       <c r="S86" s="7" t="s">
-        <v>658</v>
+        <v>637</v>
       </c>
       <c r="T86" s="8" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>780</v>
+      </c>
+      <c r="U86" s="19" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="87" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A87" s="6" t="s">
-[...60 lines deleted...]
-        <v>848</v>
+      <c r="A87" s="24" t="s">
+        <v>639</v>
+      </c>
+      <c r="B87" s="24" t="s">
+        <v>603</v>
+      </c>
+      <c r="C87" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D87" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E87" s="24" t="s">
+        <v>640</v>
+      </c>
+      <c r="F87" s="24" t="s">
+        <v>641</v>
+      </c>
+      <c r="G87" s="24" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H87" s="24" t="s">
+        <v>642</v>
+      </c>
+      <c r="I87" s="25" t="s">
+        <v>1721</v>
+      </c>
+      <c r="J87" s="24" t="s">
+        <v>643</v>
+      </c>
+      <c r="K87" s="25" t="s">
+        <v>1259</v>
+      </c>
+      <c r="L87" s="24" t="s">
+        <v>644</v>
+      </c>
+      <c r="M87" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N87" s="24" t="s">
+        <v>1314</v>
+      </c>
+      <c r="O87" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P87" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q87" s="24" t="s">
+        <v>645</v>
+      </c>
+      <c r="R87" s="24" t="s">
+        <v>881</v>
+      </c>
+      <c r="S87" s="24" t="s">
+        <v>1436</v>
+      </c>
+      <c r="T87" s="26" t="s">
+        <v>781</v>
+      </c>
+      <c r="U87" s="25" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="88" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A88" s="6" t="s">
-        <v>791</v>
+        <v>766</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E88" s="6" t="s">
-        <v>578</v>
+        <v>1768</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>579</v>
+        <v>1753</v>
       </c>
       <c r="G88" s="6" t="s">
-        <v>580</v>
+        <v>1754</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="I88" s="6" t="s">
-        <v>1012</v>
+        <v>975</v>
       </c>
       <c r="J88" s="6" t="s">
-        <v>1013</v>
+        <v>976</v>
       </c>
       <c r="K88" s="13" t="s">
-        <v>1307</v>
+        <v>1260</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="M88" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N88" s="6" t="s">
-        <v>583</v>
+        <v>566</v>
       </c>
       <c r="O88" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P88" s="6" t="s">
-        <v>1407</v>
+        <v>1359</v>
       </c>
       <c r="Q88" s="6" t="s">
-        <v>866</v>
+        <v>835</v>
       </c>
       <c r="R88" s="6" t="s">
-        <v>1104</v>
+        <v>1059</v>
       </c>
       <c r="S88" s="6" t="s">
-        <v>867</v>
+        <v>836</v>
       </c>
       <c r="T88" s="10" t="s">
-        <v>1002</v>
+        <v>965</v>
       </c>
       <c r="U88" s="6" t="s">
-        <v>1003</v>
+        <v>966</v>
       </c>
     </row>
     <row r="89" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A89" s="6" t="s">
-        <v>584</v>
+        <v>567</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>744</v>
+        <v>719</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>585</v>
+        <v>568</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>991</v>
+        <v>954</v>
       </c>
       <c r="G89" s="6" t="s">
-        <v>991</v>
+        <v>954</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>832</v>
+        <v>804</v>
       </c>
       <c r="I89" s="6" t="s">
-        <v>813</v>
+        <v>788</v>
       </c>
       <c r="J89" s="6" t="s">
-        <v>814</v>
+        <v>789</v>
       </c>
       <c r="K89" s="13" t="s">
-        <v>1308</v>
+        <v>1261</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>586</v>
+        <v>569</v>
       </c>
       <c r="M89" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N89" s="6" t="s">
-        <v>1374</v>
+        <v>1326</v>
       </c>
       <c r="O89" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P89" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q89" s="6" t="s">
-        <v>774</v>
+        <v>749</v>
       </c>
       <c r="R89" s="6" t="s">
-        <v>923</v>
+        <v>891</v>
       </c>
       <c r="S89" s="6" t="s">
-        <v>587</v>
+        <v>570</v>
       </c>
       <c r="T89" s="6" t="s">
-        <v>992</v>
+        <v>955</v>
       </c>
       <c r="U89" s="6" t="s">
-        <v>993</v>
+        <v>956</v>
       </c>
     </row>
     <row r="90" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A90" s="6" t="s">
-[...56 lines deleted...]
-      <c r="T90" s="6" t="s">
+      <c r="A90" s="24" t="s">
+        <v>571</v>
+      </c>
+      <c r="B90" s="24" t="s">
+        <v>719</v>
+      </c>
+      <c r="C90" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D90" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E90" s="24" t="s">
+        <v>572</v>
+      </c>
+      <c r="F90" s="24" t="s">
+        <v>573</v>
+      </c>
+      <c r="G90" s="24" t="s">
+        <v>573</v>
+      </c>
+      <c r="H90" s="24" t="s">
+        <v>1713</v>
+      </c>
+      <c r="I90" s="24" t="s">
+        <v>1485</v>
+      </c>
+      <c r="J90" s="24" t="s">
+        <v>789</v>
+      </c>
+      <c r="K90" s="25" t="s">
+        <v>1717</v>
+      </c>
+      <c r="L90" s="24" t="s">
+        <v>574</v>
+      </c>
+      <c r="M90" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N90" s="24" t="s">
+        <v>575</v>
+      </c>
+      <c r="O90" s="24" t="s">
+        <v>981</v>
+      </c>
+      <c r="P90" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q90" s="24" t="s">
+        <v>749</v>
+      </c>
+      <c r="R90" s="24" t="s">
+        <v>891</v>
+      </c>
+      <c r="S90" s="24" t="s">
+        <v>570</v>
+      </c>
+      <c r="T90" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="U90" s="6"/>
+      <c r="U90" s="24"/>
     </row>
     <row r="91" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A91" s="6" t="s">
-        <v>869</v>
+        <v>838</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>744</v>
+        <v>719</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>594</v>
+        <v>576</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>595</v>
+        <v>1755</v>
       </c>
       <c r="G91" s="6" t="s">
-        <v>595</v>
+        <v>1755</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>1535</v>
+        <v>1484</v>
       </c>
       <c r="I91" s="6" t="s">
-        <v>1536</v>
+        <v>1485</v>
       </c>
       <c r="J91" s="6" t="s">
-        <v>814</v>
+        <v>789</v>
       </c>
       <c r="K91" s="13" t="s">
-        <v>1310</v>
+        <v>1262</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>754</v>
+        <v>729</v>
       </c>
       <c r="M91" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N91" s="6" t="s">
-        <v>1375</v>
+        <v>1327</v>
       </c>
       <c r="O91" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P91" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q91" s="6" t="s">
-        <v>774</v>
+        <v>749</v>
       </c>
       <c r="R91" s="6" t="s">
-        <v>923</v>
+        <v>891</v>
       </c>
       <c r="S91" s="6" t="s">
-        <v>587</v>
+        <v>570</v>
       </c>
       <c r="T91" s="6" t="s">
-        <v>943</v>
+        <v>908</v>
       </c>
       <c r="U91" s="6" t="s">
-        <v>942</v>
+        <v>907</v>
       </c>
     </row>
     <row r="92" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A92" s="6" t="s">
-        <v>596</v>
+        <v>577</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>744</v>
+        <v>719</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E92" s="6" t="s">
-        <v>597</v>
+        <v>578</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>598</v>
+        <v>1756</v>
       </c>
       <c r="G92" s="6" t="s">
-        <v>598</v>
+        <v>1756</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>599</v>
+        <v>579</v>
       </c>
       <c r="I92" s="6" t="s">
-        <v>813</v>
+        <v>788</v>
       </c>
       <c r="J92" s="6" t="s">
-        <v>814</v>
+        <v>789</v>
       </c>
       <c r="K92" s="13" t="s">
-        <v>1311</v>
+        <v>1263</v>
       </c>
       <c r="L92" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="M92" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="N92" s="6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="O92" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="P92" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q92" s="6" t="s">
         <v>749</v>
       </c>
-      <c r="M92" s="13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R92" s="6" t="s">
-        <v>923</v>
+        <v>891</v>
       </c>
       <c r="S92" s="6" t="s">
-        <v>587</v>
+        <v>570</v>
       </c>
       <c r="T92" s="6" t="s">
-        <v>773</v>
+        <v>748</v>
       </c>
       <c r="U92" s="6"/>
     </row>
     <row r="93" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A93" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D93" s="6" t="s">
         <v>600</v>
       </c>
-      <c r="B93" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" s="6" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>602</v>
+        <v>582</v>
       </c>
       <c r="G93" s="6" t="s">
-        <v>953</v>
+        <v>918</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>1088</v>
+        <v>1044</v>
       </c>
       <c r="I93" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="J93" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="K93" s="13" t="s">
-        <v>1313</v>
+        <v>1265</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>750</v>
+        <v>725</v>
       </c>
       <c r="M93" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N93" s="6" t="s">
-        <v>1363</v>
+        <v>1315</v>
       </c>
       <c r="O93" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P93" s="6" t="s">
-        <v>1537</v>
+        <v>1486</v>
       </c>
       <c r="Q93" s="6" t="s">
-        <v>772</v>
+        <v>747</v>
       </c>
       <c r="R93" s="6" t="s">
-        <v>924</v>
+        <v>892</v>
       </c>
       <c r="S93" s="6" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
       <c r="T93" s="6" t="s">
-        <v>771</v>
+        <v>746</v>
       </c>
       <c r="U93" s="6" t="s">
-        <v>999</v>
+        <v>962</v>
       </c>
     </row>
     <row r="94" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A94" s="6" t="s">
-        <v>604</v>
+        <v>584</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>605</v>
+        <v>585</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E94" s="6" t="s">
-        <v>606</v>
+        <v>586</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>607</v>
+        <v>587</v>
       </c>
       <c r="G94" s="6" t="s">
-        <v>607</v>
+        <v>587</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>608</v>
+        <v>588</v>
       </c>
       <c r="I94" s="6" t="s">
-        <v>609</v>
+        <v>589</v>
       </c>
       <c r="J94" s="6" t="s">
-        <v>610</v>
+        <v>590</v>
       </c>
       <c r="K94" s="13" t="s">
-        <v>1314</v>
+        <v>1266</v>
       </c>
       <c r="L94" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="M94" s="13" t="s">
+        <v>1299</v>
+      </c>
+      <c r="N94" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="O94" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="P94" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="Q94" s="6" t="s">
         <v>751</v>
       </c>
-      <c r="M94" s="13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R94" s="6" t="s">
-        <v>927</v>
+        <v>895</v>
       </c>
       <c r="S94" s="6" t="s">
-        <v>611</v>
+        <v>591</v>
       </c>
       <c r="T94" s="6" t="s">
-        <v>775</v>
+        <v>750</v>
       </c>
       <c r="U94" s="6"/>
     </row>
-    <row r="95" spans="1:21" s="2" customFormat="1" ht="51" x14ac:dyDescent="0.25">
-[...60 lines deleted...]
-      <c r="U95" s="6" t="s">
+    <row r="95" spans="1:21" s="35" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="24" t="s">
+        <v>592</v>
+      </c>
+      <c r="B95" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="C95" s="24" t="s">
         <v>1086</v>
+      </c>
+      <c r="D95" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E95" s="24" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F95" s="24" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G95" s="24" t="s">
+        <v>593</v>
+      </c>
+      <c r="H95" s="24" t="s">
+        <v>594</v>
+      </c>
+      <c r="I95" s="24" t="s">
+        <v>595</v>
+      </c>
+      <c r="J95" s="24" t="s">
+        <v>596</v>
+      </c>
+      <c r="K95" s="25" t="s">
+        <v>1267</v>
+      </c>
+      <c r="L95" s="24" t="s">
+        <v>727</v>
+      </c>
+      <c r="M95" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N95" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="O95" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="P95" s="24" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q95" s="24" t="s">
+        <v>597</v>
+      </c>
+      <c r="R95" s="24" t="s">
+        <v>931</v>
+      </c>
+      <c r="S95" s="24" t="s">
+        <v>930</v>
+      </c>
+      <c r="T95" s="24" t="s">
+        <v>1732</v>
+      </c>
+      <c r="U95" s="24" t="s">
+        <v>1042</v>
       </c>
     </row>
     <row r="96" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A96" s="6" t="s">
-        <v>668</v>
+        <v>646</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E96" s="6" t="s">
-        <v>669</v>
+        <v>647</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>670</v>
+        <v>648</v>
       </c>
       <c r="G96" s="6" t="s">
-        <v>670</v>
+        <v>648</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>1662</v>
+        <v>1602</v>
       </c>
       <c r="I96" s="6" t="s">
-        <v>1664</v>
+        <v>1604</v>
       </c>
       <c r="J96" s="6" t="s">
-        <v>1663</v>
+        <v>1603</v>
       </c>
       <c r="K96" s="13" t="s">
-        <v>1316</v>
+        <v>1268</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>671</v>
+        <v>649</v>
       </c>
       <c r="M96" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N96" s="6" t="s">
-        <v>1377</v>
+        <v>1329</v>
       </c>
       <c r="O96" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P96" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q96" s="6" t="s">
-        <v>672</v>
+        <v>650</v>
       </c>
       <c r="R96" s="6" t="s">
-        <v>934</v>
+        <v>901</v>
       </c>
       <c r="S96" s="6" t="s">
-        <v>673</v>
+        <v>651</v>
       </c>
       <c r="T96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="U96" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
     </row>
     <row r="97" spans="1:21" s="2" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A97" s="6" t="s">
-        <v>676</v>
+        <v>654</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
       <c r="C97" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="I97" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="J97" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="K97" s="13" t="s">
+        <v>1130</v>
+      </c>
+      <c r="L97" s="6" t="s">
         <v>1131</v>
       </c>
-      <c r="D97" s="6" t="s">
-[...27 lines deleted...]
-        <v>848</v>
+      <c r="M97" s="17" t="s">
+        <v>818</v>
       </c>
       <c r="N97" s="6" t="s">
-        <v>1207</v>
+        <v>1162</v>
       </c>
       <c r="O97" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P97" s="6" t="s">
-        <v>1389</v>
+        <v>1341</v>
       </c>
       <c r="Q97" s="6" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
       <c r="R97" s="6" t="s">
-        <v>926</v>
+        <v>894</v>
       </c>
       <c r="S97" s="6" t="s">
-        <v>692</v>
+        <v>670</v>
       </c>
       <c r="T97" s="6" t="s">
-        <v>1181</v>
+        <v>1136</v>
       </c>
       <c r="U97" s="6" t="s">
-        <v>1182</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="98" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A98" s="6" t="s">
-        <v>677</v>
+        <v>655</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E98" s="6" t="s">
-        <v>682</v>
+        <v>660</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>686</v>
+        <v>664</v>
       </c>
       <c r="G98" s="6" t="s">
-        <v>686</v>
+        <v>664</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>1170</v>
+        <v>1125</v>
       </c>
       <c r="I98" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="J98" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="K98" s="13" t="s">
-        <v>1173</v>
+        <v>1128</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>1177</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>1132</v>
+      </c>
+      <c r="M98" s="17" t="s">
+        <v>818</v>
       </c>
       <c r="N98" s="6" t="s">
-        <v>1208</v>
+        <v>1163</v>
       </c>
       <c r="O98" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P98" s="6" t="s">
-        <v>1389</v>
+        <v>1341</v>
       </c>
       <c r="Q98" s="6" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
       <c r="R98" s="6" t="s">
-        <v>926</v>
+        <v>894</v>
       </c>
       <c r="S98" s="6" t="s">
-        <v>692</v>
+        <v>670</v>
       </c>
       <c r="T98" s="6" t="s">
-        <v>1181</v>
+        <v>1136</v>
       </c>
       <c r="U98" s="6" t="s">
-        <v>1183</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="99" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A99" s="6" t="s">
-        <v>678</v>
+        <v>656</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>683</v>
+        <v>661</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>687</v>
+        <v>665</v>
       </c>
       <c r="G99" s="6" t="s">
-        <v>687</v>
+        <v>665</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>690</v>
-[...5 lines deleted...]
-        <v>1228</v>
+        <v>668</v>
+      </c>
+      <c r="I99" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="J99" s="13" t="s">
+        <v>818</v>
       </c>
       <c r="K99" s="13" t="s">
-        <v>1226</v>
+        <v>1181</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>1224</v>
+        <v>1179</v>
       </c>
       <c r="M99" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N99" s="6" t="s">
-        <v>1365</v>
+        <v>1317</v>
       </c>
       <c r="O99" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P99" s="6" t="s">
-        <v>1230</v>
+        <v>1183</v>
       </c>
       <c r="Q99" s="6" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
       <c r="R99" s="6" t="s">
-        <v>926</v>
+        <v>894</v>
       </c>
       <c r="S99" s="6" t="s">
-        <v>692</v>
+        <v>670</v>
       </c>
       <c r="T99" s="6" t="s">
-        <v>780</v>
+        <v>755</v>
       </c>
       <c r="U99" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
     </row>
     <row r="100" spans="1:21" s="3" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A100" s="6" t="s">
-        <v>679</v>
+        <v>657</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>684</v>
+        <v>662</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>688</v>
+        <v>666</v>
       </c>
       <c r="G100" s="6" t="s">
-        <v>688</v>
+        <v>666</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>691</v>
+        <v>669</v>
       </c>
       <c r="I100" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="J100" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="K100" s="13" t="s">
-        <v>1225</v>
+        <v>1180</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>1223</v>
+        <v>1178</v>
       </c>
       <c r="M100" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N100" s="6" t="s">
-        <v>1366</v>
+        <v>1318</v>
       </c>
       <c r="O100" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P100" s="6" t="s">
-        <v>1230</v>
+        <v>1183</v>
       </c>
       <c r="Q100" s="6" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
       <c r="R100" s="6" t="s">
-        <v>926</v>
+        <v>894</v>
       </c>
       <c r="S100" s="6" t="s">
-        <v>692</v>
+        <v>670</v>
       </c>
       <c r="T100" s="12" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>755</v>
+      </c>
+      <c r="U100" s="21" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="101" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A101" s="6" t="s">
-        <v>701</v>
+        <v>678</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>702</v>
+        <v>679</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>1489</v>
+        <v>1439</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>1712</v>
+        <v>1651</v>
       </c>
       <c r="G101" s="6" t="s">
-        <v>1700</v>
+        <v>1639</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>850</v>
+        <v>820</v>
       </c>
       <c r="I101" s="6" t="s">
-        <v>830</v>
+        <v>802</v>
       </c>
       <c r="J101" s="6" t="s">
-        <v>831</v>
+        <v>803</v>
       </c>
       <c r="K101" s="13" t="s">
-        <v>1318</v>
+        <v>1270</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>1319</v>
+        <v>1271</v>
       </c>
       <c r="M101" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N101" s="6" t="s">
-        <v>1320</v>
+        <v>1272</v>
       </c>
       <c r="O101" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P101" s="6" t="s">
-        <v>1492</v>
+        <v>1441</v>
       </c>
       <c r="Q101" s="6" t="s">
-        <v>703</v>
+        <v>680</v>
       </c>
       <c r="R101" s="6" t="s">
-        <v>919</v>
+        <v>887</v>
       </c>
       <c r="S101" s="6" t="s">
-        <v>944</v>
+        <v>909</v>
       </c>
       <c r="T101" s="6" t="s">
-        <v>1699</v>
+        <v>1638</v>
       </c>
       <c r="U101" s="6" t="s">
-        <v>1495</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="102" spans="1:21" ht="229.5" x14ac:dyDescent="0.25">
       <c r="A102" s="6" t="s">
-        <v>705</v>
+        <v>682</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>702</v>
+        <v>679</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E102" s="6" t="s">
-        <v>706</v>
+        <v>1769</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>707</v>
+        <v>1757</v>
       </c>
       <c r="G102" s="6" t="s">
-        <v>1585</v>
+        <v>1758</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>1106</v>
+        <v>1061</v>
       </c>
       <c r="I102" s="6" t="s">
-        <v>984</v>
+        <v>947</v>
       </c>
       <c r="J102" s="6" t="s">
-        <v>885</v>
+        <v>854</v>
       </c>
       <c r="K102" s="13" t="s">
-        <v>1167</v>
+        <v>1122</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>1107</v>
+        <v>1062</v>
       </c>
       <c r="M102" s="13" t="s">
-        <v>1168</v>
+        <v>1123</v>
       </c>
       <c r="N102" s="6" t="s">
-        <v>1108</v>
+        <v>1063</v>
       </c>
       <c r="O102" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P102" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q102" s="6" t="s">
-        <v>708</v>
+        <v>683</v>
       </c>
       <c r="R102" s="6" t="s">
-        <v>913</v>
+        <v>882</v>
       </c>
       <c r="S102" s="6" t="s">
-        <v>1085</v>
+        <v>1041</v>
       </c>
       <c r="T102" s="6" t="s">
-        <v>1584</v>
+        <v>1530</v>
       </c>
       <c r="U102" s="6" t="s">
-        <v>1150</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="103" spans="1:21" s="3" customFormat="1" ht="102" x14ac:dyDescent="0.25">
       <c r="A103" s="6" t="s">
-        <v>720</v>
+        <v>695</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>743</v>
+        <v>718</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E103" s="6" t="s">
-        <v>721</v>
+        <v>696</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>722</v>
+        <v>697</v>
       </c>
       <c r="G103" s="6" t="s">
-        <v>722</v>
+        <v>697</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>723</v>
+        <v>698</v>
       </c>
       <c r="I103" s="6" t="s">
-        <v>822</v>
+        <v>796</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>823</v>
+        <v>797</v>
       </c>
       <c r="K103" s="13" t="s">
-        <v>1321</v>
+        <v>1273</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>1322</v>
+        <v>1274</v>
       </c>
       <c r="M103" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N103" s="6" t="s">
-        <v>1323</v>
+        <v>1275</v>
       </c>
       <c r="O103" s="6" t="s">
-        <v>1112</v>
+        <v>1067</v>
       </c>
       <c r="P103" s="6" t="s">
-        <v>1017</v>
+        <v>980</v>
       </c>
       <c r="Q103" s="6" t="s">
-        <v>724</v>
+        <v>699</v>
       </c>
       <c r="R103" s="6" t="s">
-        <v>898</v>
+        <v>867</v>
       </c>
       <c r="S103" s="6" t="s">
-        <v>844</v>
+        <v>814</v>
       </c>
       <c r="T103" s="6" t="s">
-        <v>1559</v>
+        <v>1507</v>
       </c>
       <c r="U103" s="6" t="s">
-        <v>1496</v>
+        <v>1445</v>
       </c>
     </row>
-    <row r="104" spans="1:21" s="37" customFormat="1" ht="51" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="O104" s="26" t="s">
+    <row r="104" spans="1:21" s="35" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+      <c r="A104" s="24" t="s">
+        <v>700</v>
+      </c>
+      <c r="B104" s="24" t="s">
+        <v>701</v>
+      </c>
+      <c r="C104" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D104" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E104" s="24" t="s">
+        <v>702</v>
+      </c>
+      <c r="F104" s="24" t="s">
+        <v>1522</v>
+      </c>
+      <c r="G104" s="24" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H104" s="24" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I104" s="24" t="s">
+        <v>852</v>
+      </c>
+      <c r="J104" s="24" t="s">
+        <v>853</v>
+      </c>
+      <c r="K104" s="25" t="s">
+        <v>1462</v>
+      </c>
+      <c r="L104" s="24" t="s">
+        <v>1276</v>
+      </c>
+      <c r="M104" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N104" s="24" t="s">
+        <v>1277</v>
+      </c>
+      <c r="O104" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="P104" s="27" t="s">
-[...15 lines deleted...]
-        <v>834</v>
+      <c r="P104" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q104" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="R104" s="24" t="s">
+        <v>893</v>
+      </c>
+      <c r="S104" s="24" t="s">
+        <v>1698</v>
+      </c>
+      <c r="T104" s="24" t="s">
+        <v>1703</v>
+      </c>
+      <c r="U104" s="24" t="s">
+        <v>806</v>
       </c>
     </row>
     <row r="105" spans="1:21" s="3" customFormat="1" ht="127.5" x14ac:dyDescent="0.25">
       <c r="A105" s="6" t="s">
-        <v>717</v>
+        <v>692</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>743</v>
+        <v>718</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E105" s="6" t="s">
-        <v>837</v>
+        <v>809</v>
       </c>
       <c r="F105" s="6" t="s">
-        <v>718</v>
+        <v>693</v>
       </c>
       <c r="G105" s="6" t="s">
-        <v>970</v>
+        <v>935</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>879</v>
+        <v>848</v>
       </c>
       <c r="I105" s="6" t="s">
-        <v>811</v>
+        <v>786</v>
       </c>
       <c r="J105" s="6" t="s">
-        <v>812</v>
+        <v>787</v>
       </c>
       <c r="K105" s="13" t="s">
-        <v>1326</v>
+        <v>1278</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>1327</v>
+        <v>1279</v>
       </c>
       <c r="M105" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N105" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="O105" s="6" t="s">
-        <v>1522</v>
+        <v>1471</v>
       </c>
       <c r="P105" s="6" t="s">
-        <v>1100</v>
+        <v>1055</v>
       </c>
       <c r="Q105" s="6" t="s">
-        <v>719</v>
+        <v>694</v>
       </c>
       <c r="R105" s="6" t="s">
-        <v>1521</v>
+        <v>1470</v>
       </c>
       <c r="S105" s="6" t="s">
-        <v>1520</v>
+        <v>1469</v>
       </c>
       <c r="T105" s="10" t="s">
-        <v>1072</v>
+        <v>1028</v>
       </c>
       <c r="U105" s="6" t="s">
-        <v>1073</v>
+        <v>1029</v>
       </c>
     </row>
-    <row r="106" spans="1:21" s="30" customFormat="1" ht="51" x14ac:dyDescent="0.25">
-[...61 lines deleted...]
-        <v>732</v>
+    <row r="106" spans="1:21" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+      <c r="A106" s="24" t="s">
+        <v>704</v>
+      </c>
+      <c r="B106" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="C106" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D106" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E106" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="F106" s="24" t="s">
+        <v>706</v>
+      </c>
+      <c r="G106" s="24" t="s">
+        <v>934</v>
+      </c>
+      <c r="H106" s="24" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I106" s="24" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J106" s="25" t="s">
+        <v>1669</v>
+      </c>
+      <c r="K106" s="25" t="s">
+        <v>1176</v>
+      </c>
+      <c r="L106" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="M106" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N106" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="O106" s="24" t="s">
+        <v>981</v>
+      </c>
+      <c r="P106" s="24" t="s">
+        <v>1182</v>
+      </c>
+      <c r="Q106" s="24" t="s">
+        <v>739</v>
+      </c>
+      <c r="R106" s="24" t="s">
+        <v>896</v>
+      </c>
+      <c r="S106" s="24" t="s">
+        <v>1670</v>
+      </c>
+      <c r="T106" s="24" t="s">
+        <v>1671</v>
+      </c>
+      <c r="U106" s="24" t="s">
+        <v>707</v>
       </c>
     </row>
-    <row r="107" spans="1:21" s="29" customFormat="1" ht="51" x14ac:dyDescent="0.25">
-[...61 lines deleted...]
-        <v>737</v>
+    <row r="107" spans="1:21" s="27" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+      <c r="A107" s="24" t="s">
+        <v>708</v>
+      </c>
+      <c r="B107" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="C107" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D107" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E107" s="24" t="s">
+        <v>709</v>
+      </c>
+      <c r="F107" s="24" t="s">
+        <v>710</v>
+      </c>
+      <c r="G107" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="H107" s="24" t="s">
+        <v>711</v>
+      </c>
+      <c r="I107" s="24" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J107" s="25" t="s">
+        <v>1672</v>
+      </c>
+      <c r="K107" s="25" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L107" s="24" t="s">
+        <v>1175</v>
+      </c>
+      <c r="M107" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N107" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="O107" s="24" t="s">
+        <v>981</v>
+      </c>
+      <c r="P107" s="24" t="s">
+        <v>1182</v>
+      </c>
+      <c r="Q107" s="24" t="s">
+        <v>739</v>
+      </c>
+      <c r="R107" s="24" t="s">
+        <v>896</v>
+      </c>
+      <c r="S107" s="24" t="s">
+        <v>1670</v>
+      </c>
+      <c r="T107" s="24" t="s">
+        <v>1671</v>
+      </c>
+      <c r="U107" s="24" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="108" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A108" s="6" t="s">
-        <v>807</v>
+        <v>782</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>808</v>
+        <v>783</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E108" s="6" t="s">
-        <v>809</v>
+        <v>784</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>1069</v>
+        <v>1025</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>810</v>
+        <v>785</v>
       </c>
       <c r="I108" s="6" t="s">
-        <v>996</v>
+        <v>959</v>
       </c>
       <c r="J108" s="6" t="s">
-        <v>997</v>
+        <v>960</v>
       </c>
       <c r="K108" s="13" t="s">
-        <v>1328</v>
+        <v>1280</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>1329</v>
+        <v>1281</v>
       </c>
       <c r="M108" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N108" s="6" t="s">
-        <v>1330</v>
+        <v>1282</v>
       </c>
       <c r="O108" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P108" s="6" t="s">
-        <v>1493</v>
+        <v>1442</v>
       </c>
       <c r="Q108" s="6" t="s">
-        <v>1070</v>
+        <v>1026</v>
       </c>
       <c r="R108" s="6" t="s">
-        <v>914</v>
+        <v>883</v>
       </c>
       <c r="S108" s="6" t="s">
-        <v>1068</v>
+        <v>1024</v>
       </c>
       <c r="T108" s="6" t="s">
-        <v>1497</v>
+        <v>1446</v>
       </c>
       <c r="U108" s="6" t="s">
-        <v>1498</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="109" spans="1:21" s="3" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A109" s="6" t="s">
-        <v>815</v>
+        <v>790</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>816</v>
+        <v>791</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D109" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E109" s="6" t="s">
-        <v>843</v>
+        <v>813</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>817</v>
+        <v>1759</v>
       </c>
       <c r="G109" s="6" t="s">
-        <v>841</v>
+        <v>1760</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>818</v>
+        <v>792</v>
       </c>
       <c r="I109" s="6" t="s">
-        <v>971</v>
+        <v>936</v>
       </c>
       <c r="J109" s="6" t="s">
-        <v>842</v>
+        <v>812</v>
       </c>
       <c r="K109" s="13" t="s">
-        <v>1162</v>
+        <v>1117</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>1163</v>
+        <v>1118</v>
       </c>
       <c r="M109" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N109" s="6" t="s">
-        <v>1164</v>
+        <v>1119</v>
       </c>
       <c r="O109" s="6" t="s">
-        <v>1018</v>
+        <v>981</v>
       </c>
       <c r="P109" s="6" t="s">
-        <v>1159</v>
+        <v>1114</v>
       </c>
       <c r="Q109" s="6" t="s">
-        <v>819</v>
+        <v>793</v>
       </c>
       <c r="R109" s="6" t="s">
-        <v>915</v>
+        <v>884</v>
       </c>
       <c r="S109" s="6" t="s">
-        <v>1158</v>
+        <v>1113</v>
       </c>
       <c r="T109" s="6" t="s">
-        <v>1156</v>
+        <v>1111</v>
       </c>
       <c r="U109" s="6" t="s">
-        <v>1157</v>
+        <v>1112</v>
       </c>
     </row>
-    <row r="110" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
-[...61 lines deleted...]
-        <v>839</v>
+    <row r="110" spans="1:21" s="27" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A110" s="24" t="s">
+        <v>798</v>
+      </c>
+      <c r="B110" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="C110" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D110" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E110" s="24" t="s">
+        <v>800</v>
+      </c>
+      <c r="F110" s="24" t="s">
+        <v>1734</v>
+      </c>
+      <c r="G110" s="24" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H110" s="24" t="s">
+        <v>1724</v>
+      </c>
+      <c r="I110" s="25" t="s">
+        <v>1587</v>
+      </c>
+      <c r="J110" s="24" t="s">
+        <v>1581</v>
+      </c>
+      <c r="K110" s="25" t="s">
+        <v>1588</v>
+      </c>
+      <c r="L110" s="24" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M110" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N110" s="24" t="s">
+        <v>1589</v>
+      </c>
+      <c r="O110" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="P110" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q110" s="24" t="s">
+        <v>801</v>
+      </c>
+      <c r="R110" s="24" t="s">
+        <v>1766</v>
+      </c>
+      <c r="S110" s="24" t="s">
+        <v>811</v>
+      </c>
+      <c r="T110" s="24" t="s">
+        <v>794</v>
+      </c>
+      <c r="U110" s="24" t="s">
+        <v>810</v>
       </c>
     </row>
     <row r="111" spans="1:21" ht="178.5" x14ac:dyDescent="0.25">
       <c r="A111" s="6" t="s">
-        <v>855</v>
+        <v>825</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>856</v>
+        <v>826</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D111" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E111" s="6" t="s">
-        <v>857</v>
+        <v>827</v>
       </c>
       <c r="F111" s="6" t="s">
-        <v>858</v>
+        <v>828</v>
       </c>
       <c r="G111" s="6" t="s">
-        <v>1041</v>
+        <v>1761</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>859</v>
+        <v>829</v>
       </c>
       <c r="I111" s="6" t="s">
-        <v>878</v>
+        <v>847</v>
       </c>
       <c r="J111" s="6" t="s">
-        <v>860</v>
+        <v>830</v>
       </c>
       <c r="K111" s="6" t="s">
-        <v>1140</v>
+        <v>1095</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>1141</v>
+        <v>1096</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>1142</v>
+        <v>1097</v>
       </c>
       <c r="N111" s="6" t="s">
-        <v>1143</v>
+        <v>1098</v>
       </c>
       <c r="O111" s="6" t="s">
-        <v>1769</v>
+        <v>1708</v>
       </c>
       <c r="P111" s="6" t="s">
-        <v>1204</v>
+        <v>1159</v>
       </c>
       <c r="Q111" s="6" t="s">
-        <v>1763</v>
+        <v>1702</v>
       </c>
       <c r="R111" s="6" t="s">
-        <v>922</v>
+        <v>890</v>
       </c>
       <c r="S111" s="6" t="s">
-        <v>1139</v>
+        <v>1094</v>
       </c>
       <c r="T111" s="6" t="s">
-        <v>1202</v>
+        <v>1157</v>
       </c>
       <c r="U111" s="6" t="s">
-        <v>1203</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="112" spans="1:21" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A112" s="6" t="s">
-        <v>871</v>
+        <v>840</v>
       </c>
       <c r="B112" s="12" t="s">
-        <v>872</v>
+        <v>841</v>
       </c>
       <c r="C112" s="12" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D112" s="12" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E112" s="12" t="s">
-        <v>873</v>
+        <v>842</v>
       </c>
       <c r="F112" s="12" t="s">
-        <v>874</v>
+        <v>843</v>
       </c>
       <c r="G112" s="12" t="s">
-        <v>1490</v>
+        <v>1440</v>
       </c>
       <c r="H112" s="12" t="s">
-        <v>1001</v>
+        <v>964</v>
       </c>
       <c r="I112" s="12" t="s">
-        <v>955</v>
+        <v>920</v>
       </c>
       <c r="J112" s="12" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>1331</v>
+        <v>921</v>
+      </c>
+      <c r="K112" s="21" t="s">
+        <v>1283</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>1332</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>1284</v>
+      </c>
+      <c r="M112" s="21" t="s">
+        <v>818</v>
       </c>
       <c r="N112" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="O112" s="12" t="s">
         <v>20</v>
       </c>
       <c r="P112" s="12" t="s">
-        <v>875</v>
+        <v>844</v>
       </c>
       <c r="Q112" s="12" t="s">
-        <v>876</v>
+        <v>845</v>
       </c>
       <c r="R112" s="12" t="s">
-        <v>916</v>
+        <v>1440</v>
       </c>
       <c r="S112" s="12" t="s">
-        <v>877</v>
+        <v>846</v>
       </c>
       <c r="T112" s="12" t="s">
-        <v>1499</v>
+        <v>1448</v>
       </c>
       <c r="U112" s="6" t="s">
-        <v>1500</v>
+        <v>1449</v>
       </c>
     </row>
-    <row r="113" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
-[...57 lines deleted...]
-      <c r="T113" s="6" t="s">
+    <row r="113" spans="1:21" s="27" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A113" s="24" t="s">
+        <v>939</v>
+      </c>
+      <c r="B113" s="24" t="s">
+        <v>940</v>
+      </c>
+      <c r="C113" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D113" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E113" s="24" t="s">
+        <v>943</v>
+      </c>
+      <c r="F113" s="24" t="s">
+        <v>942</v>
+      </c>
+      <c r="G113" s="24" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H113" s="24" t="s">
+        <v>944</v>
+      </c>
+      <c r="I113" s="24" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J113" s="24" t="s">
+        <v>1726</v>
+      </c>
+      <c r="K113" s="25" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L113" s="24" t="s">
+        <v>1057</v>
+      </c>
+      <c r="M113" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N113" s="24" t="s">
+        <v>1058</v>
+      </c>
+      <c r="O113" s="24" t="s">
         <v>981</v>
       </c>
-      <c r="U113" s="6"/>
+      <c r="P113" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q113" s="25" t="s">
+        <v>941</v>
+      </c>
+      <c r="R113" s="24" t="s">
+        <v>942</v>
+      </c>
+      <c r="S113" s="24" t="s">
+        <v>945</v>
+      </c>
+      <c r="T113" s="24" t="s">
+        <v>1727</v>
+      </c>
+      <c r="U113" s="24"/>
     </row>
     <row r="114" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A114" s="6" t="s">
-        <v>1011</v>
+        <v>974</v>
       </c>
       <c r="B114" s="10" t="s">
-        <v>1030</v>
+        <v>991</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E114" s="6" t="s">
-        <v>1024</v>
+        <v>986</v>
       </c>
       <c r="F114" s="6" t="s">
-        <v>1023</v>
+        <v>1762</v>
       </c>
       <c r="G114" s="6" t="s">
-        <v>1022</v>
+        <v>985</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>1021</v>
+        <v>984</v>
       </c>
       <c r="I114" s="6" t="s">
-        <v>1019</v>
+        <v>982</v>
       </c>
       <c r="J114" s="6" t="s">
-        <v>1020</v>
+        <v>983</v>
       </c>
       <c r="K114" s="6" t="s">
-        <v>1031</v>
+        <v>992</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>1113</v>
+        <v>1068</v>
       </c>
       <c r="M114" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N114" s="6" t="s">
-        <v>1367</v>
+        <v>1319</v>
       </c>
       <c r="O114" s="6" t="s">
-        <v>1016</v>
+        <v>979</v>
       </c>
       <c r="P114" s="6" t="s">
-        <v>1017</v>
+        <v>980</v>
       </c>
       <c r="Q114" s="13" t="s">
-        <v>1028</v>
+        <v>990</v>
       </c>
       <c r="R114" s="6" t="s">
-        <v>1029</v>
+        <v>1767</v>
       </c>
       <c r="S114" s="6" t="s">
-        <v>1026</v>
+        <v>988</v>
       </c>
       <c r="T114" s="6" t="s">
-        <v>1014</v>
+        <v>977</v>
       </c>
       <c r="U114" s="13" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
     </row>
     <row r="115" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A115" s="6" t="s">
-[...60 lines deleted...]
-        <v>848</v>
+      <c r="A115" s="24" t="s">
+        <v>973</v>
+      </c>
+      <c r="B115" s="26" t="s">
+        <v>991</v>
+      </c>
+      <c r="C115" s="26" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D115" s="38" t="s">
+        <v>601</v>
+      </c>
+      <c r="E115" s="24" t="s">
+        <v>987</v>
+      </c>
+      <c r="F115" s="24" t="s">
+        <v>998</v>
+      </c>
+      <c r="G115" s="24" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H115" s="24" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I115" s="25" t="s">
+        <v>1721</v>
+      </c>
+      <c r="J115" s="25" t="s">
+        <v>643</v>
+      </c>
+      <c r="K115" s="24" t="s">
+        <v>993</v>
+      </c>
+      <c r="L115" s="24" t="s">
+        <v>994</v>
+      </c>
+      <c r="M115" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="N115" s="24" t="s">
+        <v>995</v>
+      </c>
+      <c r="O115" s="38" t="s">
+        <v>981</v>
+      </c>
+      <c r="P115" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q115" s="25" t="s">
+        <v>645</v>
+      </c>
+      <c r="R115" s="24" t="s">
+        <v>881</v>
+      </c>
+      <c r="S115" s="24" t="s">
+        <v>989</v>
+      </c>
+      <c r="T115" s="24" t="s">
+        <v>978</v>
+      </c>
+      <c r="U115" s="25" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="116" spans="1:21" ht="153" x14ac:dyDescent="0.25">
-      <c r="A116" s="15" t="s">
-[...60 lines deleted...]
-        <v>848</v>
+      <c r="A116" s="36" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B116" s="29" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C116" s="29" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D116" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="E116" s="24" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F116" s="39" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G116" s="39" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H116" s="39" t="s">
+        <v>1714</v>
+      </c>
+      <c r="I116" s="25" t="s">
+        <v>1715</v>
+      </c>
+      <c r="J116" s="25" t="s">
+        <v>1716</v>
+      </c>
+      <c r="K116" s="25" t="s">
+        <v>1009</v>
+      </c>
+      <c r="L116" s="24" t="s">
+        <v>1718</v>
+      </c>
+      <c r="M116" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="N116" s="24" t="s">
+        <v>1707</v>
+      </c>
+      <c r="O116" s="40" t="s">
+        <v>981</v>
+      </c>
+      <c r="P116" s="41" t="s">
+        <v>1010</v>
+      </c>
+      <c r="Q116" s="38" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R116" s="38" t="s">
+        <v>1719</v>
+      </c>
+      <c r="S116" s="39" t="s">
+        <v>1005</v>
+      </c>
+      <c r="T116" s="39" t="s">
+        <v>1006</v>
+      </c>
+      <c r="U116" s="41" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="117" spans="1:21" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A117" s="15" t="s">
-[...6 lines deleted...]
-        <v>1131</v>
+      <c r="A117" s="14" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B117" s="15" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C117" s="15" t="s">
+        <v>1086</v>
       </c>
       <c r="D117" s="6" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>1059</v>
-[...17 lines deleted...]
-        <v>1064</v>
+        <v>1015</v>
+      </c>
+      <c r="F117" s="16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G117" s="16" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H117" s="16" t="s">
+        <v>1017</v>
+      </c>
+      <c r="I117" s="17" t="s">
+        <v>1018</v>
+      </c>
+      <c r="J117" s="17" t="s">
+        <v>1019</v>
+      </c>
+      <c r="K117" s="17" t="s">
+        <v>1020</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>1147</v>
+      </c>
+      <c r="M117" s="17" t="s">
+        <v>818</v>
       </c>
       <c r="N117" s="6" t="s">
-        <v>1065</v>
+        <v>1021</v>
       </c>
       <c r="O117" s="6" t="s">
-        <v>1018</v>
-[...17 lines deleted...]
-        <v>1191</v>
+        <v>981</v>
+      </c>
+      <c r="P117" s="17" t="s">
+        <v>1022</v>
+      </c>
+      <c r="Q117" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="R117" s="16" t="s">
+        <v>1032</v>
+      </c>
+      <c r="S117" s="16" t="s">
+        <v>1027</v>
+      </c>
+      <c r="T117" s="16" t="s">
+        <v>1145</v>
+      </c>
+      <c r="U117" s="17" t="s">
+        <v>1146</v>
       </c>
     </row>
-    <row r="118" spans="1:21" s="25" customFormat="1" ht="140.25" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-        <v>1082</v>
+    <row r="118" spans="1:21" s="23" customFormat="1" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A118" s="14" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B118" s="15" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C118" s="15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D118" s="16" t="s">
+        <v>600</v>
+      </c>
+      <c r="E118" s="16" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F118" s="16" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G118" s="16" t="s">
+        <v>1763</v>
+      </c>
+      <c r="H118" s="16" t="s">
+        <v>1037</v>
+      </c>
+      <c r="I118" s="17" t="s">
+        <v>1641</v>
+      </c>
+      <c r="J118" s="17" t="s">
+        <v>1642</v>
+      </c>
+      <c r="K118" s="16" t="s">
+        <v>1038</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>1083</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>1039</v>
+      </c>
+      <c r="M118" s="16" t="s">
+        <v>818</v>
       </c>
       <c r="N118" s="6" t="s">
-        <v>1378</v>
-[...13 lines deleted...]
-      <c r="S118" s="17" t="s">
+        <v>1330</v>
+      </c>
+      <c r="O118" s="16" t="s">
+        <v>979</v>
+      </c>
+      <c r="P118" s="17" t="s">
+        <v>1443</v>
+      </c>
+      <c r="Q118" s="16" t="s">
+        <v>471</v>
+      </c>
+      <c r="R118" s="16" t="s">
+        <v>877</v>
+      </c>
+      <c r="S118" s="16" t="s">
+        <v>1438</v>
+      </c>
+      <c r="T118" s="16" t="s">
+        <v>1640</v>
+      </c>
+      <c r="U118" s="17" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="119" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="36" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B119" s="29" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C119" s="29" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D119" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E119" s="39" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F119" s="39" t="s">
+        <v>1363</v>
+      </c>
+      <c r="G119" s="39" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H119" s="39" t="s">
+        <v>1592</v>
+      </c>
+      <c r="I119" s="41" t="s">
         <v>1488</v>
       </c>
-      <c r="T118" s="17" t="s">
-[...3 lines deleted...]
-        <v>1501</v>
+      <c r="J119" s="41" t="s">
+        <v>1549</v>
+      </c>
+      <c r="K119" s="41" t="s">
+        <v>1730</v>
+      </c>
+      <c r="L119" s="24" t="s">
+        <v>1729</v>
+      </c>
+      <c r="M119" s="39" t="s">
+        <v>818</v>
+      </c>
+      <c r="N119" s="24" t="s">
+        <v>1550</v>
+      </c>
+      <c r="O119" s="24" t="s">
+        <v>981</v>
+      </c>
+      <c r="P119" s="24" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q119" s="39" t="s">
+        <v>1364</v>
+      </c>
+      <c r="R119" s="39" t="s">
+        <v>1363</v>
+      </c>
+      <c r="S119" s="39" t="s">
+        <v>1365</v>
+      </c>
+      <c r="T119" s="39" t="s">
+        <v>1731</v>
+      </c>
+      <c r="U119" s="42">
+        <v>45324</v>
       </c>
     </row>
-    <row r="119" spans="1:21" ht="51" x14ac:dyDescent="0.25">
-[...126 lines deleted...]
-        <v>848</v>
+    <row r="120" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="36" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B120" s="29" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C120" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D120" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E120" s="24" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F120" s="24" t="s">
+        <v>1696</v>
+      </c>
+      <c r="G120" s="24" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H120" s="24" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I120" s="24" t="s">
+        <v>1531</v>
+      </c>
+      <c r="J120" s="24" t="s">
+        <v>1532</v>
+      </c>
+      <c r="K120" s="25" t="s">
+        <v>1706</v>
+      </c>
+      <c r="L120" s="24" t="s">
+        <v>1457</v>
+      </c>
+      <c r="M120" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="N120" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="O120" s="24" t="s">
+        <v>979</v>
+      </c>
+      <c r="P120" s="24" t="s">
+        <v>1458</v>
+      </c>
+      <c r="Q120" s="24" t="s">
+        <v>1452</v>
+      </c>
+      <c r="R120" s="24" t="s">
+        <v>1453</v>
+      </c>
+      <c r="S120" s="24" t="s">
+        <v>1454</v>
+      </c>
+      <c r="T120" s="24" t="s">
+        <v>1695</v>
+      </c>
+      <c r="U120" s="24" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="121" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
-      <c r="A121" s="15" t="s">
-[...3 lines deleted...]
-        <v>1526</v>
+      <c r="A121" s="14" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B121" s="15" t="s">
+        <v>1475</v>
       </c>
       <c r="C121" s="6" t="s">
-        <v>1131</v>
+        <v>1086</v>
       </c>
       <c r="D121" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E121" s="6" t="s">
-        <v>1530</v>
+        <v>1479</v>
       </c>
       <c r="F121" s="6" t="s">
-        <v>1547</v>
+        <v>1495</v>
       </c>
       <c r="G121" s="6" t="s">
-        <v>1541</v>
+        <v>1489</v>
       </c>
       <c r="H121" s="6" t="s">
-        <v>1723</v>
+        <v>1662</v>
       </c>
       <c r="I121" s="6" t="s">
-        <v>1542</v>
+        <v>1490</v>
       </c>
       <c r="J121" s="6" t="s">
-        <v>1543</v>
+        <v>1491</v>
       </c>
       <c r="K121" s="13" t="s">
-        <v>1531</v>
+        <v>1480</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>1532</v>
+        <v>1481</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N121" s="6" t="s">
-        <v>1533</v>
+        <v>1482</v>
       </c>
       <c r="O121" s="6" t="s">
-        <v>1016</v>
+        <v>979</v>
       </c>
       <c r="P121" s="6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="Q121" s="6" t="s">
-        <v>1527</v>
+        <v>1476</v>
       </c>
       <c r="R121" s="6" t="s">
-        <v>1528</v>
+        <v>1477</v>
       </c>
       <c r="S121" s="6" t="s">
-        <v>1529</v>
-[...2 lines deleted...]
-        <v>1546</v>
+        <v>1478</v>
+      </c>
+      <c r="T121" s="20" t="s">
+        <v>1494</v>
       </c>
       <c r="U121" s="6" t="s">
-        <v>1534</v>
+        <v>1483</v>
       </c>
     </row>
-    <row r="122" spans="1:21" s="29" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A122" s="38" t="s">
+    <row r="122" spans="1:21" s="27" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A122" s="36" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B122" s="29" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C122" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D122" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E122" s="24" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F122" s="24" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G122" s="24" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H122" s="24" t="s">
+        <v>1519</v>
+      </c>
+      <c r="I122" s="25" t="s">
+        <v>1692</v>
+      </c>
+      <c r="J122" s="25" t="s">
+        <v>1693</v>
+      </c>
+      <c r="K122" s="25" t="s">
+        <v>1517</v>
+      </c>
+      <c r="L122" s="25" t="s">
+        <v>1712</v>
+      </c>
+      <c r="M122" s="25" t="s">
+        <v>1518</v>
+      </c>
+      <c r="N122" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="O122" s="24" t="s">
+        <v>979</v>
+      </c>
+      <c r="P122" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q122" s="24" t="s">
+        <v>1513</v>
+      </c>
+      <c r="R122" s="24" t="s">
+        <v>1514</v>
+      </c>
+      <c r="S122" s="24" t="s">
+        <v>1515</v>
+      </c>
+      <c r="T122" s="37" t="s">
+        <v>1694</v>
+      </c>
+      <c r="U122" s="24" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="123" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="30" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B123" s="31" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C123" s="29" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D123" s="32" t="s">
+        <v>600</v>
+      </c>
+      <c r="E123" s="32" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F123" s="32" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G123" s="32" t="s">
+        <v>818</v>
+      </c>
+      <c r="H123" s="32" t="s">
+        <v>1557</v>
+      </c>
+      <c r="I123" s="33" t="s">
+        <v>818</v>
+      </c>
+      <c r="J123" s="33" t="s">
+        <v>818</v>
+      </c>
+      <c r="K123" s="33" t="s">
+        <v>818</v>
+      </c>
+      <c r="L123" s="33" t="s">
+        <v>818</v>
+      </c>
+      <c r="M123" s="33" t="s">
+        <v>818</v>
+      </c>
+      <c r="N123" s="33" t="s">
+        <v>818</v>
+      </c>
+      <c r="O123" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P123" s="33" t="s">
         <v>1563</v>
       </c>
-      <c r="B122" s="31" t="s">
+      <c r="Q123" s="33" t="s">
+        <v>471</v>
+      </c>
+      <c r="R123" s="33" t="s">
+        <v>877</v>
+      </c>
+      <c r="S123" s="33" t="s">
         <v>1564</v>
       </c>
-      <c r="C122" s="26" t="s">
-[...8 lines deleted...]
-      <c r="F122" s="26" t="s">
+      <c r="T123" s="33" t="s">
+        <v>1565</v>
+      </c>
+      <c r="U123" s="33" t="s">
         <v>1567</v>
-      </c>
-[...108 lines deleted...]
-        <v>1623</v>
       </c>
     </row>
     <row r="124" spans="1:21" ht="51" x14ac:dyDescent="0.25">
-      <c r="A124" s="15" t="s">
-[...60 lines deleted...]
-        <v>1624</v>
+      <c r="A124" s="36" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B124" s="29" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C124" s="29" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D124" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E124" s="24" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F124" s="24" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G124" s="24" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H124" s="39" t="s">
+        <v>1558</v>
+      </c>
+      <c r="I124" s="41" t="s">
+        <v>1720</v>
+      </c>
+      <c r="J124" s="41" t="s">
+        <v>1559</v>
+      </c>
+      <c r="K124" s="41" t="s">
+        <v>1560</v>
+      </c>
+      <c r="L124" s="41" t="s">
+        <v>1561</v>
+      </c>
+      <c r="M124" s="41" t="s">
+        <v>818</v>
+      </c>
+      <c r="N124" s="41" t="s">
+        <v>1562</v>
+      </c>
+      <c r="O124" s="41" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P124" s="41" t="s">
+        <v>1333</v>
+      </c>
+      <c r="Q124" s="41" t="s">
+        <v>353</v>
+      </c>
+      <c r="R124" s="41" t="s">
+        <v>869</v>
+      </c>
+      <c r="S124" s="41" t="s">
+        <v>1472</v>
+      </c>
+      <c r="T124" s="41" t="s">
+        <v>1566</v>
+      </c>
+      <c r="U124" s="41" t="s">
+        <v>1568</v>
       </c>
     </row>
     <row r="125" spans="1:21" ht="51" x14ac:dyDescent="0.25">
-      <c r="A125" s="15" t="s">
-[...6 lines deleted...]
-        <v>1131</v>
+      <c r="A125" s="14" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B125" s="15" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C125" s="15" t="s">
+        <v>1086</v>
       </c>
       <c r="D125" s="6" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="E125" s="6" t="s">
-        <v>1630</v>
+        <v>1574</v>
       </c>
       <c r="F125" s="6" t="s">
-        <v>1631</v>
+        <v>1575</v>
       </c>
       <c r="G125" s="6" t="s">
-        <v>1720</v>
+        <v>1659</v>
       </c>
       <c r="H125" s="6" t="s">
-        <v>1632</v>
+        <v>1576</v>
       </c>
       <c r="I125" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="J125" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="K125" s="6" t="s">
-        <v>1633</v>
+        <v>1577</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>1634</v>
+        <v>1578</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="N125" s="6" t="s">
-        <v>1635</v>
+        <v>1579</v>
       </c>
       <c r="O125" s="6" t="s">
-        <v>1016</v>
+        <v>979</v>
       </c>
       <c r="P125" s="6" t="s">
-        <v>848</v>
+        <v>818</v>
       </c>
       <c r="Q125" s="6" t="s">
-        <v>1627</v>
+        <v>1571</v>
       </c>
       <c r="R125" s="6" t="s">
-        <v>1628</v>
+        <v>1572</v>
       </c>
       <c r="S125" s="6" t="s">
-        <v>1629</v>
+        <v>1573</v>
       </c>
       <c r="T125" s="6" t="s">
-        <v>1722</v>
+        <v>1661</v>
       </c>
       <c r="U125" s="6" t="s">
-        <v>1636</v>
+        <v>1580</v>
       </c>
     </row>
-    <row r="126" spans="1:21" s="29" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
-[...61 lines deleted...]
-        <v>848</v>
+    <row r="126" spans="1:21" s="27" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A126" s="36" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B126" s="29" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C126" s="29" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D126" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="E126" s="24" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F126" s="24" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G126" s="24" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H126" s="24" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I126" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="J126" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="K126" s="25" t="s">
+        <v>1684</v>
+      </c>
+      <c r="L126" s="25" t="s">
+        <v>1685</v>
+      </c>
+      <c r="M126" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="N126" s="24" t="s">
+        <v>1686</v>
+      </c>
+      <c r="O126" s="24" t="s">
+        <v>979</v>
+      </c>
+      <c r="P126" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q126" s="24" t="s">
+        <v>1687</v>
+      </c>
+      <c r="R126" s="24" t="s">
+        <v>1688</v>
+      </c>
+      <c r="S126" s="24" t="s">
+        <v>1689</v>
+      </c>
+      <c r="T126" s="24" t="s">
+        <v>1690</v>
+      </c>
+      <c r="U126" s="25" t="s">
+        <v>818</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:U126" xr:uid="{9417B0BA-5A4D-4FE0-BB21-5A7AD08D982F}"/>
   <sortState ref="A2:U112">
     <sortCondition ref="A1"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="N59" r:id="rId1" xr:uid="{8128E80C-2A2A-47AA-A9DE-C07A37FBFC28}"/>
     <hyperlink ref="L114" r:id="rId2" xr:uid="{D3E154D4-454C-49DA-B6EC-19E6E69BDC71}"/>
     <hyperlink ref="L115" r:id="rId3" xr:uid="{11AA38B0-E46E-4E77-9455-B14A0FC298E3}"/>
     <hyperlink ref="N115" r:id="rId4" xr:uid="{CE044DC8-50B8-4BD6-9851-E964996937B9}"/>
     <hyperlink ref="N114" r:id="rId5" xr:uid="{FB3BA928-3CF3-4D66-B73F-CE3FE1BDB29D}"/>
     <hyperlink ref="L116" r:id="rId6" xr:uid="{F8C93BBD-1CCF-4D57-B15F-7E86500C2A05}"/>
     <hyperlink ref="L113" r:id="rId7" xr:uid="{D3C4D58F-771C-4E73-9AC8-C4818B787043}"/>
     <hyperlink ref="N113" r:id="rId8" xr:uid="{BF92F718-2DFD-49DF-83AC-6D7129C3F7D5}"/>
     <hyperlink ref="L102" r:id="rId9" xr:uid="{BFF8A82F-E969-4F4F-80F6-AD01F61ED777}"/>
     <hyperlink ref="N102" r:id="rId10" xr:uid="{7224B502-B2DF-40A7-BA50-F9A44CDEE5C0}"/>
     <hyperlink ref="N28" r:id="rId11" xr:uid="{3BAB7E10-448F-4231-9E18-855C3D9D7265}"/>
     <hyperlink ref="N33" r:id="rId12" xr:uid="{A48D1D85-31F6-47D5-B44E-590C4C3B7B60}"/>
     <hyperlink ref="N31" r:id="rId13" xr:uid="{FBF5A82A-31B0-49A7-93C1-1D042387E646}"/>
     <hyperlink ref="L111" r:id="rId14" xr:uid="{333C99E2-713C-4773-BC85-5DC014F26270}"/>
     <hyperlink ref="N111" r:id="rId15" xr:uid="{5BA3301C-27BC-4BE3-8DA9-C4D906E8B5F3}"/>
     <hyperlink ref="L19" r:id="rId16" xr:uid="{8D3A6B41-E1C5-4A58-A07C-8E127D81249A}"/>
     <hyperlink ref="L109" r:id="rId17" xr:uid="{79206D51-F483-49BB-B401-3001D060D104}"/>
@@ -15793,83 +15805,82 @@
     <hyperlink ref="N40" r:id="rId52" xr:uid="{8E968C10-BE45-4AC3-B264-3CB29BEA8B81}"/>
     <hyperlink ref="N42" r:id="rId53" xr:uid="{A5B8CCC0-2811-4A3A-BF58-966091AA194D}"/>
     <hyperlink ref="N43" r:id="rId54" xr:uid="{FE9302F0-A179-463E-922A-20B3F51D15E8}"/>
     <hyperlink ref="N45" r:id="rId55" xr:uid="{F9850171-5F75-4CB2-A749-BB50B291E07F}"/>
     <hyperlink ref="N63" r:id="rId56" xr:uid="{316A4DD9-A3B5-47CC-A715-C6845155FB7E}"/>
     <hyperlink ref="N64" r:id="rId57" xr:uid="{5EF4650B-B03F-4A1D-A192-3A6EF4971EC0}"/>
     <hyperlink ref="N69" r:id="rId58" xr:uid="{39D9D75A-3D95-4516-B324-4C9AF62F23A8}"/>
     <hyperlink ref="N74" r:id="rId59" xr:uid="{855E675E-1CF4-4A20-83FC-D2EB08B5D922}"/>
     <hyperlink ref="N80" r:id="rId60" xr:uid="{29AB4210-FAB2-45A5-997A-7BE87416E99E}"/>
     <hyperlink ref="N87" r:id="rId61" xr:uid="{DEEFB851-3BED-4C49-AC48-B27C907E017B}"/>
     <hyperlink ref="N89" r:id="rId62" xr:uid="{A8A40650-2113-469C-A367-C9EBC681B448}"/>
     <hyperlink ref="N91" r:id="rId63" xr:uid="{4257DF14-18E2-4931-BFB7-A08C7A2D6F79}"/>
     <hyperlink ref="N92" r:id="rId64" xr:uid="{06D45E8D-FB95-4DC8-9230-92CD90BC9572}"/>
     <hyperlink ref="N93" r:id="rId65" xr:uid="{6ECC69C4-C274-4DC1-ACFA-210BEA1630BE}"/>
     <hyperlink ref="N94" r:id="rId66" xr:uid="{55E4767B-5962-4CBD-A954-139EA0CDE356}"/>
     <hyperlink ref="N96" r:id="rId67" xr:uid="{3DBC5009-408F-4328-877B-E597E64B82F4}"/>
     <hyperlink ref="N99" r:id="rId68" xr:uid="{57EC7428-6ACF-482B-B608-0CBD97C67D32}"/>
     <hyperlink ref="N100" r:id="rId69" xr:uid="{7C818D44-A66C-49B3-92AB-294F1CC64652}"/>
     <hyperlink ref="N118" r:id="rId70" xr:uid="{D64B6FBF-C70F-468C-8379-DA86A89D6D34}"/>
     <hyperlink ref="N41" r:id="rId71" xr:uid="{BC96BCA8-70F1-4258-8743-A88B424795A5}"/>
     <hyperlink ref="N73" r:id="rId72" xr:uid="{B7AFD75E-2310-483B-8325-53EE32F4916D}"/>
     <hyperlink ref="L120" r:id="rId73" xr:uid="{70ACB5ED-FF37-4F0F-B6D5-B35FDE4540DF}"/>
     <hyperlink ref="L121" r:id="rId74" xr:uid="{B6060A0F-F65A-4077-8CD9-97EC5B34050B}"/>
     <hyperlink ref="N121" r:id="rId75" xr:uid="{8D95EA44-4DFB-4683-AADE-403B2D932DFD}"/>
     <hyperlink ref="L18" r:id="rId76" xr:uid="{034F791D-108B-43D7-AE63-C62C12C14794}"/>
-    <hyperlink ref="L122" r:id="rId77" xr:uid="{8DE44000-A8CF-44F5-91C6-9F556335F297}"/>
-[...11 lines deleted...]
-    <hyperlink ref="N126" r:id="rId89" xr:uid="{B9C2138D-D3C7-48DF-803C-7C362A0897D4}"/>
+    <hyperlink ref="N122" r:id="rId77" display="www.szakkepzotanfolyamok.hu" xr:uid="{BCEA6C46-10CE-41F9-B664-AE0727B1491A}"/>
+    <hyperlink ref="L84" r:id="rId78" xr:uid="{EC806A34-F87C-4AB1-B3EB-4CB9EE205F23}"/>
+    <hyperlink ref="L119" r:id="rId79" xr:uid="{28D0A290-FA15-4EF7-A47C-20E713D47446}"/>
+    <hyperlink ref="N119" r:id="rId80" xr:uid="{265EBC61-4C48-4F9B-A5C4-707049656EC1}"/>
+    <hyperlink ref="L125" r:id="rId81" xr:uid="{AB36F047-6158-4D2D-AA05-BB299EF7C898}"/>
+    <hyperlink ref="N125" r:id="rId82" xr:uid="{3707D381-16FA-4B86-A14A-AFBCA796FDFD}"/>
+    <hyperlink ref="L14" r:id="rId83" xr:uid="{45E33A38-CB11-40CE-A392-513792CF6801}"/>
+    <hyperlink ref="L20" r:id="rId84" xr:uid="{C7F70393-6E56-4467-998A-BFC9F4FA180F}"/>
+    <hyperlink ref="N110" r:id="rId85" xr:uid="{F7C83252-7A8B-45AA-9B0C-E57519A33281}"/>
+    <hyperlink ref="L61" r:id="rId86" xr:uid="{D1A0BA9A-3523-4819-BF45-E55DBF1D8C09}"/>
+    <hyperlink ref="L126" r:id="rId87" xr:uid="{E25039E9-70D2-4E0A-A88D-1B4311B150D0}"/>
+    <hyperlink ref="N126" r:id="rId88" xr:uid="{B9C2138D-D3C7-48DF-803C-7C362A0897D4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId90"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId89"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Szakkepzo intezmenyek nyilv.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Szakképző intézmények nyilvántartása</dc:title>
-  <dc:subject>2025. 10. 30.</dc:subject>
+  <dc:subject>2025. 12. 15.</dc:subject>
   <dc:creator>Majer Zoltán</dc:creator>
   <cp:keywords>NSZFH</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>