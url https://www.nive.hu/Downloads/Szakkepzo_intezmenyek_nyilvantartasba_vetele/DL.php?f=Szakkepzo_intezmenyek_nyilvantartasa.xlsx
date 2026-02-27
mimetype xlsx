--- v1 (2025-12-21)
+++ v2 (2026-02-27)
@@ -6,78 +6,78 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20377"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Osztalyok\SZIR\Nyilvantartas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{55DD3538-D0DB-49A5-BA6B-8DDB6C30F8DA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{484C708C-FDC1-478C-9A4E-4770A7E3BA02}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="589" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Szakkepzo intezmenyek nyilv." sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Szakkepzo intezmenyek nyilv.'!$A$1:$U$126</definedName>
     <definedName name="FenntartoTipus">[1]Munka2!$A$1:$A$7</definedName>
     <definedName name="határozat">[1]Munka2!$A$63:$A$64</definedName>
     <definedName name="intezmeny_statusz">[1]Munka2!$A$35:$A$36</definedName>
     <definedName name="Megye">[1]Munka2!$A$9:$A$28</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2636" uniqueCount="1771">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2636" uniqueCount="1772">
   <si>
     <t>Nyilvántartási szám</t>
   </si>
   <si>
     <t>Nyilvántartásba vétel időpontja</t>
   </si>
   <si>
     <t>Szakképző intézmény hivatalos neve</t>
   </si>
   <si>
     <t xml:space="preserve">Szakképző intézmény feladatellátási helye(i) </t>
   </si>
   <si>
     <t>Szakképző intézmény képviseletére jogosult személy neve</t>
   </si>
   <si>
     <t>Adószám</t>
   </si>
   <si>
     <t>Pénzforgalmi számlaszám</t>
   </si>
   <si>
     <t>Szakképző intézmény/Többcélú szakképző intézmény szakképzési alapfeladatának jogszabály szerinti megnevezése</t>
   </si>
   <si>
@@ -149,53 +149,50 @@
   <si>
     <t>szakképző iskolai szakmai oktatás</t>
   </si>
   <si>
     <t>Csepel-sziget Humánerőforrás Fejlesztő és Foglalkoztatást Támogató Alapítvány</t>
   </si>
   <si>
     <t>Kosik György</t>
   </si>
   <si>
     <t>SzI003</t>
   </si>
   <si>
     <t>hp@budapestschool.org; balazs.horvath@budapestschool.org</t>
   </si>
   <si>
     <t>MiSulink Nonprofit Korlátolt Felelősségű Társaság</t>
   </si>
   <si>
     <t>Halácsy Péter</t>
   </si>
   <si>
     <t>SzI004</t>
   </si>
   <si>
-    <t>18243400-1-43</t>
-[...1 lines deleted...]
-  <si>
     <t>11712004-20237763</t>
   </si>
   <si>
     <t>TSzI005</t>
   </si>
   <si>
     <t>Budapesti Innovatív Technikum, Gimnázium és Szakképző Iskola</t>
   </si>
   <si>
     <t xml:space="preserve">1051 Budapest, Sas utca 25. </t>
   </si>
   <si>
     <t>18110630-1-41</t>
   </si>
   <si>
     <t>10918001-00000100-76600000</t>
   </si>
   <si>
     <t>szki@bigsuli.hu</t>
   </si>
   <si>
     <t>www.bigsuli.hu</t>
   </si>
   <si>
     <t>Baptista Szeretetszolgálat Egyházi Jogi Személy</t>
@@ -1514,53 +1511,50 @@
   <si>
     <t>TSzI080</t>
   </si>
   <si>
     <t>2020. július 13.</t>
   </si>
   <si>
     <t>1165 Budapest, Veres Péter út 102.</t>
   </si>
   <si>
     <t>18168396-1-42</t>
   </si>
   <si>
     <t>Gourmand Kereskedelmi, Vendéglátóipari, Idegenforgalmi Szakképzési Alapítvány</t>
   </si>
   <si>
     <t>Dr. Hoffmann Rita</t>
   </si>
   <si>
     <t>TSzI081</t>
   </si>
   <si>
     <t>Bodnár Lajosné</t>
   </si>
   <si>
-    <t>18223433-1-09</t>
-[...1 lines deleted...]
-  <si>
     <t>11738008-20866486</t>
   </si>
   <si>
     <t>gorogdemeter@gmail.com</t>
   </si>
   <si>
     <t>SzI082</t>
   </si>
   <si>
     <t>Fischer Mór Porcelánipari Szakképző Iskola</t>
   </si>
   <si>
     <t>18929548-1-19</t>
   </si>
   <si>
     <t>10300002-43714586-00003285</t>
   </si>
   <si>
     <t>herendisszakozepiskola@herend.com</t>
   </si>
   <si>
     <t>www.herendiszakkozepiskola.hu</t>
   </si>
   <si>
     <t>Herendi Porcelánmanufaktúra Zrt.</t>
@@ -1875,53 +1869,50 @@
     <t>18294097-1-41</t>
   </si>
   <si>
     <t>10403631-50526674-57481004</t>
   </si>
   <si>
     <t>info@pannonkincstar.hu</t>
   </si>
   <si>
     <t>www.pannonkincstar.hu</t>
   </si>
   <si>
     <t>Pannon Akadémia Korlátolt Felelősségű Társaság</t>
   </si>
   <si>
     <t>SzI066</t>
   </si>
   <si>
     <t>2020. szeptember 3.</t>
   </si>
   <si>
     <t>Budapesti Divatiskola Divat-stílustervező Művészeti Szakképző Iskola</t>
   </si>
   <si>
     <t>1055 Budapest, Honvéd utca 22.</t>
-  </si>
-[...1 lines deleted...]
-    <t>18209267-1-41</t>
   </si>
   <si>
     <t>info@divatiskola.hu</t>
   </si>
   <si>
     <t>www.divatiskola.hu</t>
   </si>
   <si>
     <t>SzI075</t>
   </si>
   <si>
     <t>Szent György Hang- és Filmművészeti Technikum</t>
   </si>
   <si>
     <t>Kékesi Szabolcs</t>
   </si>
   <si>
     <t>18091090-1-43</t>
   </si>
   <si>
     <t>10300002-10490037-49020010</t>
   </si>
   <si>
     <t>iskola@szgyf.hu</t>
   </si>
@@ -2961,53 +2952,50 @@
 5/2023. (04.28.)</t>
   </si>
   <si>
     <t>116/2020. (V.29.)
 1/2021. (IV.30.)
 2/2021. (IV.30.)
 181/2023 (III.14.)</t>
   </si>
   <si>
     <t>7100 Szekszárd, Szent-Györgyi Albert utca 10.</t>
   </si>
   <si>
     <t>2020. július 1.
 2021. augusztus 1.
 2023. március 31.</t>
   </si>
   <si>
     <t>174/2021. (07.22.)
 53/2023. (03.30.)</t>
   </si>
   <si>
     <t>iskola@focusoktatas.hu</t>
   </si>
   <si>
     <t>www.focusoktatas.hu/iskola</t>
-  </si>
-[...1 lines deleted...]
-    <t>19348467-1-07</t>
   </si>
   <si>
     <t>10403208-50527074-49511006</t>
   </si>
   <si>
     <t>Hudák Ibolya</t>
   </si>
   <si>
     <t>3/2021 (VIII.26.)</t>
   </si>
   <si>
     <t>8000 Székesfehérvár, Rákóczi utca 25.</t>
   </si>
   <si>
     <t>Bodri Erika Erzsébet</t>
   </si>
   <si>
     <t>2020. május 29.
 2022. május 31.
 2022. július 20.
 2023. május 11.</t>
   </si>
   <si>
     <t>1-3/22-00746-0001/2020.
 012/2022
@@ -3345,53 +3333,50 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Az NSZFH/420/000111-3/2023. sz. határozattal 2023. augusztus 31-i hatállyal törlésre került a nyilvántartásból.</t>
     </r>
   </si>
   <si>
     <t>33/2023 (VII.7.)</t>
   </si>
   <si>
     <t>Aradi János</t>
   </si>
   <si>
     <t>Rose Réka</t>
   </si>
   <si>
     <t>1171 Budapest, Péceli út 101.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rose Kinga</t>
   </si>
   <si>
     <t>Kristó László Örs</t>
   </si>
   <si>
     <t>6640 Csongrád, Dob utca 4-8.</t>
   </si>
   <si>
     <t>19361145-1-05</t>
   </si>
   <si>
     <t>gimnáziumi nevelés-oktatás;
 szakgimnáziumi nevelés-oktatás; nemzetiséghez tartozók gimnáziumi nevelése-oktatása; nemzetiséghez tartozók szakgimnáziumi nevelése-oktatása;  alapfokú művészetoktatás; 
 nemzetiségi kollégiumi ellátás; 
 nemzetiségi alapfokú művészeti oktatás; kollégiumi ellátás, a többi gyermekkel, tanulóval együtt nevelhető, oktatható sajátos nevelési igényű gyermekek, tanulók óvodai nevelése és iskolai nevelése-oktatása</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
@@ -5813,59 +5798,50 @@
   </si>
   <si>
     <t>www.matrixoktatas.hu</t>
   </si>
   <si>
     <t>Bialkó Mária</t>
   </si>
   <si>
     <t>3534 Miskolc, Bertalan utca 4.</t>
   </si>
   <si>
     <t>Zentai Ildikó Enikő 
 mb. igazgató</t>
   </si>
   <si>
     <t>www.gszo.hu</t>
   </si>
   <si>
     <t>2020. május 25.
 2021. május 19.
 2021. december 11.
 2022. május 27.
 2023. május 22.
 2024. május 28.
 2025. május 7.</t>
-  </si>
-[...7 lines deleted...]
-2025. május 26.</t>
   </si>
   <si>
     <t>7/2021. (V.31.)
 5/2022. (V.23.)
 7/2022. (VII.21.)
 4/2023 (IV.11.)
 8/2023 (V.17.) 
 5/2025. (II.21.)
 11/2025. (V.26.)</t>
   </si>
   <si>
     <t>Bánki Donát Intézményegység, tanműhelyek (8400 Ajka, Berzsenyi Dániel utca 9.)
 Bercsényi Miklós Intézményegység, középiskola (8400 Ajka, Felsőcsingeri út 1. 8451 Ajka-Padragkút, Iskola utca 30.)
 Csodavár Intézményegység, általános iskola (8451 Ajka-Padragkút, Iskola utca 30.)
 Tanműhely (vendéglő) (8400 Ajka, Felsőcsingeri út 2.)
 Csodavár Intézményegység, általános iskola (8400 Ajka, Bródy Imre utca 6.) 
 Csodavár Intézményegység, általános iskola (8400 Ajka, Bródy Imre utca 7.)</t>
   </si>
   <si>
     <t>Szűcs Judit 
 igazgató</t>
   </si>
   <si>
     <t>2020. május 6.;
 2023. március 22.
@@ -6554,55 +6530,50 @@
 4632 Nyírlövő, Kossuth út 4., Papi Kölcsey Ferenc Általános Iskola Nyírlövői Tagiskolája
 4631 Pap, Kossuth út 75-79., Kölcsey Ferenc Általános Iskola és Óvoda
 3964 Pácin, Honvéd utca 2. (hrsz: '520/2'), Pácini Általános Iskola
 4931 Tarpa, Kossuth út 19/F, Esze Tamás Általános Iskola és Óvoda
 2621 Verőce, Garam út 8-10., Géza Fejedelem Református Általános Iskola, Óvoda és Bölcsőde
 4400 Nyíregyháza, Petrikovics utca 2/B oktatási épület, Hrsz: 6965/2</t>
   </si>
   <si>
     <t>2072 Zsámbék, Piac köz 8. HRSZ.: 895/1 (C épület)
 2072 Zsámbék, Petőfi Sándor utca 13. HRSZ.: 408/2 (A épület)
 2072 Zsámbék, Magyar utca 15. HRSZ.: 459 (D épület)</t>
   </si>
   <si>
     <t>6100 Kiskunfélegyháza, Kossuth utca 24.</t>
   </si>
   <si>
     <t>kollégium: 9730 Kőszeg, Schey Fülöp utca 2. 
 tangazdaság: 9730 Kőszeg, Szombathelyi út 7. 
 tankertészet: 9730 Kőszeg, Ólmodi utca 2. 
 tankonyha, tanétterem, tanszálló: 9730 Kőszeg, Várkör 44.</t>
   </si>
   <si>
     <t>3529 Miskolc, Jászi Oszkár utca 1.</t>
   </si>
   <si>
-    <t>4024 Debrecen, Szent Anna utca 20-26.
-[...3 lines deleted...]
-  <si>
     <t>3300 Eger, Klapka György utca 7.</t>
   </si>
   <si>
     <t>3300 Eger, Kossuth Lajos utca 8.</t>
   </si>
   <si>
     <t>3200 Gyöngyös, Than Károly utca 1.</t>
   </si>
   <si>
     <t>6640 Csongrád, Jókai utca 14.</t>
   </si>
   <si>
     <t>3300 Eger, II. Rákóczi Ferenc utca 2.</t>
   </si>
   <si>
     <t>3300 Eger, II. Rákóczi Ferenc utca 2. sz alatti (helyrajzi száma: 2033) ingatlan; 
 3300 Eger, II. Rákóczi Ferenc utca 2. sz alatti (helyrajzi száma: 2034) ingatlan; 
 3300 Eger, Ráchegy utca 41. sz alatti (helyrajzi száma: 2254) ingatlan</t>
   </si>
   <si>
     <t>7632 Pécs, Berek utca 15.</t>
   </si>
   <si>
     <t>9700 Szombathely, Jókai Mór utca 14.</t>
   </si>
@@ -6666,50 +6637,84 @@
   <si>
     <t>1143 Budapest, Hungária körút 69.</t>
   </si>
   <si>
     <t>2066 Szár, Hrsz. 075.</t>
   </si>
   <si>
     <t>1192 Budapest, Kós Károly tér 4.</t>
   </si>
   <si>
     <t>2100 Gödöllő, Páter Károly utca 1.</t>
   </si>
   <si>
     <t>Wigner Jenő Műszaki, Informatikai Technikum, Szakképző Iskola, Gimnázium és Kollégium</t>
   </si>
   <si>
     <t>OKTÁV Technikum és Szakképző Iskola</t>
   </si>
   <si>
     <t>Telephelyei: 
 Csongrád-Csanád vármegye: 6724 Szeged, Kenyérgyári u. 12.; 
 6723 Szeged, Etelka sor 3-5/A.
 6721 Szeged, Osztrovszky utca 5. 
 6721 Szeged, Munkácsy utca 7.
 Pest vármegye: 2040 Budaörs, Esze Tamás utca 3.</t>
+  </si>
+  <si>
+    <t>19348467-1-13</t>
+  </si>
+  <si>
+    <t>18299267-1-41</t>
+  </si>
+  <si>
+    <t>Rose Kinga Orsolya</t>
+  </si>
+  <si>
+    <t>18243400-1-41</t>
+  </si>
+  <si>
+    <t>2020. június 11.
+2021. május 31.
+2022. május 23.
+2022. július 21.
+2023. április 11.
+2023. május 17.
+2025. május 26. 
+2026. január 12.</t>
+  </si>
+  <si>
+    <t>4024 Debrecen, Szent Anna utca 20-26.
+1088 Budapest, Szentkirályi utca 7.
+4034 Debrecen, Kolónia utca 1/A. 
+4026 Debrecen, Péterfia utca 4.</t>
+  </si>
+  <si>
+    <t>18223433-1-05</t>
+  </si>
+  <si>
+    <t>+36-52/416-628</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;Ft&quot;_-;\-* #,##0.00\ &quot;Ft&quot;_-;_-* &quot;-&quot;??\ &quot;Ft&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0\ [$EUR];\-#,##0\ [$EUR]"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -7559,8212 +7564,8212 @@
     <col min="8" max="8" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.28515625" style="4" customWidth="1"/>
     <col min="10" max="10" width="39" style="4" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="36.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="16" style="4" customWidth="1"/>
     <col min="14" max="14" width="37.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="34.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="49.85546875" style="4" customWidth="1"/>
     <col min="17" max="17" width="27.5703125" style="4" customWidth="1"/>
     <col min="18" max="18" width="35.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="20.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="25.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="22" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="D1" s="5" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="5" t="s">
         <v>5</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="K1" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="L1" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="M1" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="N1" s="5" t="s">
         <v>735</v>
-      </c>
-[...7 lines deleted...]
-        <v>738</v>
       </c>
       <c r="O1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="P1" s="5" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="Q1" s="5" t="s">
         <v>8</v>
       </c>
       <c r="R1" s="5" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="S1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="T1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="5" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
     </row>
     <row r="2" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G2" s="6" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="H2" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="6" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="6" t="s">
         <v>17</v>
       </c>
       <c r="K2" s="13" t="s">
-        <v>1193</v>
+        <v>1188</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="13" t="s">
-        <v>1285</v>
+        <v>1280</v>
       </c>
       <c r="N2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O2" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P2" s="6" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="Q2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="R2" s="6" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="S2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T2" s="10" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="U2" s="6" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F3" s="6" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="G3" s="6" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="13" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="13" t="s">
-        <v>1286</v>
+        <v>1281</v>
       </c>
       <c r="N3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="6" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="Q3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R3" s="6" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="S3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="T3" s="10" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="U3" s="6" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
     </row>
     <row r="4" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="D4" s="7" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E4" s="7" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="F4" s="7" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="G4" s="7" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="H4" s="7" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="I4" s="7" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="J4" s="7" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="K4" s="19" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="L4" s="7" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N4" s="7" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O4" s="7" t="s">
         <v>20</v>
       </c>
       <c r="P4" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q4" s="7" t="s">
         <v>35</v>
       </c>
       <c r="R4" s="7" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="S4" s="7" t="s">
         <v>36</v>
       </c>
       <c r="T4" s="8" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="U4" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
-    <row r="5" spans="1:21" ht="51" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:21" s="27" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A5" s="24" t="s">
         <v>37</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="24" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D5" s="24" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E5" s="24" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="F5" s="24" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="G5" s="24" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="H5" s="24" t="s">
-        <v>1710</v>
+        <v>1704</v>
       </c>
       <c r="I5" s="24" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J5" s="24" t="s">
         <v>38</v>
       </c>
-      <c r="J5" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K5" s="25" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="L5" s="24" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="M5" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N5" s="24" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="O5" s="24" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P5" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q5" s="24" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="R5" s="24" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="S5" s="24" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="T5" s="26" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="U5" s="24" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="6" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E6" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="F6" s="6" t="s">
+      <c r="G6" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="I6" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="G6" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I6" s="6" t="s">
+      <c r="J6" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="J6" s="6" t="s">
+      <c r="K6" s="13" t="s">
+        <v>1191</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="K6" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="M6" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="6" t="s">
+      <c r="O6" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="Q6" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="O6" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R6" s="6" t="s">
-        <v>1764</v>
+        <v>1757</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="T6" s="10" t="s">
-        <v>1610</v>
+        <v>1604</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
     </row>
     <row r="7" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="F7" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="G7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="6" t="s">
+      <c r="I7" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="13" t="s">
+        <v>1194</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="K7" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M7" s="13" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>1764</v>
+        <v>1757</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="T7" s="10" t="s">
-        <v>1611</v>
+        <v>1605</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
     </row>
     <row r="8" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E8" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>846</v>
+      </c>
+      <c r="I8" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F8" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I8" s="6" t="s">
+      <c r="J8" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="J8" s="6" t="s">
+      <c r="K8" s="13" t="s">
+        <v>1192</v>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="K8" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="13" t="s">
+        <v>1282</v>
+      </c>
+      <c r="N8" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="M8" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O8" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="Q8" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>1764</v>
+        <v>1757</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="T8" s="10" t="s">
-        <v>1612</v>
+        <v>1606</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>1366</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="9" spans="1:21" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>818</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>819</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>820</v>
+      </c>
+      <c r="H9" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="B9" s="10" t="s">
-[...8 lines deleted...]
-      <c r="E9" s="7" t="s">
+      <c r="I9" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="J9" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" s="19" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L9" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M9" s="19" t="s">
+        <v>1195</v>
+      </c>
+      <c r="N9" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="O9" s="7" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P9" s="7" t="s">
+        <v>1339</v>
+      </c>
+      <c r="Q9" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="R9" s="7" t="s">
+        <v>895</v>
+      </c>
+      <c r="S9" s="7" t="s">
+        <v>670</v>
+      </c>
+      <c r="T9" s="8" t="s">
+        <v>812</v>
+      </c>
+      <c r="U9" s="7" t="s">
         <v>821</v>
-      </c>
-[...46 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="10" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E10" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I10" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="F10" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I10" s="6" t="s">
+      <c r="J10" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="K10" s="13" t="s">
+        <v>1196</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="J10" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="13" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N10" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="M10" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O10" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="Q10" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>1764</v>
+        <v>1757</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="T10" s="10" t="s">
-        <v>1613</v>
+        <v>1607</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="11" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>1645</v>
+        <v>1639</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>1653</v>
+        <v>1647</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="I11" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="13" t="s">
+        <v>1193</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="K11" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M11" s="13" t="s">
-        <v>1289</v>
+        <v>1284</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>1302</v>
+        <v>1297</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>1764</v>
+        <v>1757</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="T11" s="10" t="s">
-        <v>1614</v>
+        <v>1608</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
     </row>
     <row r="12" spans="1:21" ht="127.5" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>760</v>
+      </c>
+      <c r="F12" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="B12" s="6" t="s">
-[...11 lines deleted...]
-      <c r="F12" s="7" t="s">
+      <c r="G12" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="G12" s="7" t="s">
+      <c r="H12" s="7" t="s">
+        <v>674</v>
+      </c>
+      <c r="I12" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="H12" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="7" t="s">
+      <c r="J12" s="7" t="s">
+        <v>1179</v>
+      </c>
+      <c r="K12" s="19" t="s">
+        <v>1197</v>
+      </c>
+      <c r="L12" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="J12" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M12" s="19" t="s">
-        <v>1290</v>
+        <v>1285</v>
       </c>
       <c r="N12" s="7" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="O12" s="7" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P12" s="7" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="Q12" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R12" s="7" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="S12" s="7" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="T12" s="8" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="U12" s="7" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
     </row>
     <row r="13" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E13" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="F13" s="6" t="s">
+      <c r="G13" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H13" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="G13" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H13" s="6" t="s">
+      <c r="I13" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="I13" s="6" t="s">
+      <c r="J13" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="J13" s="6" t="s">
+      <c r="K13" s="13" t="s">
+        <v>1198</v>
+      </c>
+      <c r="L13" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="K13" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="13" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N13" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="M13" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N13" s="6" t="s">
+      <c r="O13" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P13" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="O13" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q13" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>1764</v>
+        <v>1757</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="T13" s="10" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="14" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>1736</v>
+        <v>1730</v>
       </c>
       <c r="G14" s="6" t="s">
-        <v>1736</v>
+        <v>1730</v>
       </c>
       <c r="H14" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="I14" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="I14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" s="6" t="s">
-        <v>1548</v>
+        <v>1543</v>
       </c>
       <c r="K14" s="13" t="s">
-        <v>1204</v>
+        <v>1199</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="M14" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>1303</v>
+        <v>1298</v>
       </c>
       <c r="O14" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
       <c r="Q14" s="6" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="T14" s="10" t="s">
-        <v>1546</v>
+        <v>1541</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
     </row>
     <row r="15" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>1646</v>
+        <v>1640</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="I15" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="J15" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="13" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="K15" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M15" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="T15" s="10" t="s">
-        <v>1615</v>
+        <v>1609</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>1375</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="16" spans="1:21" ht="114.75" x14ac:dyDescent="0.25">
       <c r="A16" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E16" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="F16" s="6" t="s">
+      <c r="G16" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="H16" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="G16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="6" t="s">
+      <c r="I16" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="I16" s="6" t="s">
+      <c r="J16" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="J16" s="6" t="s">
+      <c r="K16" s="13" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L16" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="K16" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="13" t="s">
+        <v>1201</v>
+      </c>
+      <c r="N16" s="6" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>30</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="Q16" s="6" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="T16" s="10" t="s">
-        <v>1616</v>
+        <v>1610</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
     </row>
     <row r="17" spans="1:21" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F17" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="F17" s="6" t="s">
+      <c r="G17" s="6" t="s">
+        <v>992</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I17" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="G17" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I17" s="6" t="s">
+      <c r="J17" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="J17" s="6" t="s">
+      <c r="K17" s="13" t="s">
+        <v>1202</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="K17" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="13" t="s">
+        <v>1287</v>
+      </c>
+      <c r="N17" s="6" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>30</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="Q17" s="6" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="T17" s="10" t="s">
-        <v>1617</v>
+        <v>1611</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
     </row>
     <row r="18" spans="1:21" ht="178.5" x14ac:dyDescent="0.25">
       <c r="A18" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E18" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E18" s="6" t="s">
+      <c r="F18" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="F18" s="6" t="s">
+      <c r="G18" s="6" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H18" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="G18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H18" s="6" t="s">
+      <c r="I18" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="I18" s="6" t="s">
+      <c r="J18" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="J18" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K18" s="13" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>1501</v>
+        <v>1496</v>
       </c>
       <c r="M18" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N18" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O18" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="Q18" s="6" t="s">
+        <v>1492</v>
+      </c>
+      <c r="R18" s="6" t="s">
+        <v>1493</v>
+      </c>
+      <c r="S18" s="6" t="s">
+        <v>1494</v>
+      </c>
+      <c r="T18" s="10" t="s">
         <v>1497</v>
       </c>
-      <c r="R18" s="6" t="s">
+      <c r="U18" s="6" t="s">
         <v>1498</v>
-      </c>
-[...7 lines deleted...]
-        <v>1503</v>
       </c>
     </row>
     <row r="19" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A19" s="20" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E19" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="F19" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="13" t="s">
+        <v>1204</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="M19" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="K19" s="13" t="s">
-[...8 lines deleted...]
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P19" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="O19" s="6" t="s">
-[...5 lines deleted...]
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
+        <v>995</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="R19" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T19" s="10" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="20" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="24" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D20" s="24" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E20" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="F20" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="F20" s="24" t="s">
+      <c r="G20" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>1659</v>
+      </c>
+      <c r="I20" s="24" t="s">
         <v>129</v>
       </c>
-      <c r="G20" s="25" t="s">
-[...5 lines deleted...]
-      <c r="I20" s="24" t="s">
+      <c r="J20" s="24" t="s">
         <v>130</v>
       </c>
-      <c r="J20" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K20" s="25" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="L20" s="24" t="s">
-        <v>1584</v>
+        <v>1579</v>
       </c>
       <c r="M20" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N20" s="24" t="s">
-        <v>1585</v>
+        <v>1580</v>
       </c>
       <c r="O20" s="24" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P20" s="24" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="Q20" s="24" t="s">
+        <v>132</v>
+      </c>
+      <c r="R20" s="24" t="s">
+        <v>924</v>
+      </c>
+      <c r="S20" s="24" t="s">
         <v>133</v>
       </c>
-      <c r="R20" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T20" s="26" t="s">
-        <v>1569</v>
+        <v>1564</v>
       </c>
       <c r="U20" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="21" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E21" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="B21" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E21" s="6" t="s">
+      <c r="F21" s="6" t="s">
+        <v>1733</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="H21" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="F21" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H21" s="6" t="s">
+      <c r="I21" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="I21" s="6" t="s">
+      <c r="J21" s="6" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K21" s="13" t="s">
+        <v>1205</v>
+      </c>
+      <c r="L21" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="J21" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="13" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N21" s="6" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P21" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q21" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="Q21" s="6" t="s">
+      <c r="R21" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="S21" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="R21" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T21" s="10" t="s">
-        <v>1150</v>
+        <v>1145</v>
       </c>
       <c r="U21" s="6" t="s">
-        <v>1151</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A22" s="6" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E22" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="F22" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="F22" s="6" t="s">
+      <c r="G22" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="G22" s="6" t="s">
+      <c r="H22" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I22" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="H22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="6" t="s">
+      <c r="J22" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K22" s="13" t="s">
+        <v>1206</v>
+      </c>
+      <c r="L22" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="J22" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L22" s="6" t="s">
+      <c r="M22" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N22" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="M22" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N22" s="6" t="s">
+      <c r="O22" s="24" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>1343</v>
+      </c>
+      <c r="Q22" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="O22" s="24" t="s">
-[...5 lines deleted...]
-      <c r="Q22" s="6" t="s">
+      <c r="R22" s="6" t="s">
+        <v>858</v>
+      </c>
+      <c r="S22" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="R22" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T22" s="10" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="U22" s="6" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="23" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A23" s="7" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>1473</v>
+        <v>1468</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E23" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="F23" s="7" t="s">
         <v>155</v>
       </c>
-      <c r="F23" s="7" t="s">
+      <c r="G23" s="19" t="s">
+        <v>815</v>
+      </c>
+      <c r="H23" s="7" t="s">
         <v>156</v>
       </c>
-      <c r="G23" s="19" t="s">
-[...2 lines deleted...]
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
+        <v>649</v>
+      </c>
+      <c r="J23" s="7" t="s">
+        <v>650</v>
+      </c>
+      <c r="K23" s="19" t="s">
+        <v>1207</v>
+      </c>
+      <c r="L23" s="7" t="s">
         <v>157</v>
       </c>
-      <c r="I23" s="7" t="s">
-[...8 lines deleted...]
-      <c r="L23" s="7" t="s">
+      <c r="M23" s="19" t="s">
+        <v>815</v>
+      </c>
+      <c r="N23" s="7" t="s">
+        <v>1300</v>
+      </c>
+      <c r="O23" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P23" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="M23" s="19" t="s">
-[...8 lines deleted...]
-      <c r="P23" s="7" t="s">
+      <c r="Q23" s="7" t="s">
         <v>159</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="R23" s="7" t="s">
+        <v>859</v>
+      </c>
+      <c r="S23" s="7" t="s">
         <v>160</v>
       </c>
-      <c r="R23" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T23" s="8" t="s">
-        <v>1380</v>
+        <v>1375</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>1381</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="24" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A24" s="6" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E24" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="F24" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="F24" s="6" t="s">
+      <c r="G24" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="I24" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="G24" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I24" s="6" t="s">
+      <c r="J24" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="J24" s="6" t="s">
+      <c r="K24" s="13" t="s">
+        <v>1124</v>
+      </c>
+      <c r="L24" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="K24" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="13" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N24" s="6" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="Q24" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="R24" s="6" t="s">
+        <v>860</v>
+      </c>
+      <c r="S24" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="R24" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T24" s="10" t="s">
-        <v>1382</v>
+        <v>1377</v>
       </c>
       <c r="U24" s="6" t="s">
-        <v>1383</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="25" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A25" s="6" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E25" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F25" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="F25" s="6" t="s">
+      <c r="G25" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="I25" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="G25" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I25" s="6" t="s">
+      <c r="J25" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="J25" s="6" t="s">
+      <c r="K25" s="13" t="s">
+        <v>1208</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="M25" s="13" t="s">
+        <v>1155</v>
+      </c>
+      <c r="N25" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="K25" s="13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O25" s="24" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="Q25" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="R25" s="6" t="s">
+        <v>860</v>
+      </c>
+      <c r="S25" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="R25" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T25" s="10" t="s">
-        <v>1154</v>
+        <v>1149</v>
       </c>
       <c r="U25" s="6" t="s">
-        <v>1155</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="26" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A26" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>1384</v>
+        <v>1379</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>1740</v>
+        <v>1734</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>1619</v>
+        <v>1613</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="I26" s="6" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="J26" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="K26" s="13" t="s">
+        <v>1209</v>
+      </c>
+      <c r="L26" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="K26" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L26" s="6" t="s">
+      <c r="M26" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N26" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="M26" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N26" s="6" t="s">
+      <c r="O26" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P26" s="6" t="s">
+        <v>1614</v>
+      </c>
+      <c r="Q26" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="O26" s="6" t="s">
-[...5 lines deleted...]
-      <c r="Q26" s="6" t="s">
+      <c r="R26" s="6" t="s">
+        <v>1651</v>
+      </c>
+      <c r="S26" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="R26" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T26" s="10" t="s">
-        <v>1618</v>
+        <v>1612</v>
       </c>
       <c r="U26" s="6" t="s">
-        <v>1385</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="27" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="F27" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>910</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="G27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>185</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="13" t="s">
+        <v>1210</v>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>187</v>
       </c>
-      <c r="K27" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="13" t="s">
+        <v>1210</v>
+      </c>
+      <c r="N27" s="6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="O27" s="24" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P27" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="M27" s="13" t="s">
-[...11 lines deleted...]
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="S27" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="R27" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T27" s="10" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
     </row>
     <row r="28" spans="1:21" ht="127.5" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E28" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="F28" s="6" t="s">
         <v>192</v>
       </c>
-      <c r="F28" s="6" t="s">
+      <c r="G28" s="6" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H28" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="G28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H28" s="6" t="s">
+      <c r="I28" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="I28" s="6" t="s">
+      <c r="J28" s="6" t="s">
         <v>195</v>
       </c>
-      <c r="J28" s="6" t="s">
+      <c r="K28" s="13" t="s">
+        <v>1211</v>
+      </c>
+      <c r="L28" s="6" t="s">
         <v>196</v>
       </c>
-      <c r="K28" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L28" s="6" t="s">
+      <c r="M28" s="13" t="s">
+        <v>1288</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="O28" s="6" t="s">
+        <v>1616</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="Q28" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="R28" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="S28" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="M28" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="T28" s="10" t="s">
-        <v>1621</v>
+        <v>1615</v>
       </c>
       <c r="U28" s="6" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="29" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A29" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E29" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G29" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="H29" s="6" t="s">
         <v>201</v>
       </c>
-      <c r="F29" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H29" s="6" t="s">
+      <c r="I29" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="K29" s="13" t="s">
+        <v>1259</v>
+      </c>
+      <c r="L29" s="6" t="s">
         <v>202</v>
       </c>
-      <c r="I29" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M29" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="Q29" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="S29" s="6" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
       <c r="T29" s="10" t="s">
-        <v>1623</v>
+        <v>1617</v>
       </c>
       <c r="U29" s="6" t="s">
-        <v>1071</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="30" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A30" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E30" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H30" s="6" t="s">
         <v>205</v>
       </c>
-      <c r="F30" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H30" s="6" t="s">
+      <c r="I30" s="6" t="s">
         <v>206</v>
       </c>
-      <c r="I30" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" s="6" t="s">
-        <v>1187</v>
+        <v>1182</v>
       </c>
       <c r="K30" s="13" t="s">
-        <v>1217</v>
+        <v>1212</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="M30" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="Q30" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="S30" s="6" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="T30" s="10" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="U30" s="6" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="31" spans="1:21" s="27" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="24" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D31" s="24" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E31" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="F31" s="24" t="s">
+        <v>1735</v>
+      </c>
+      <c r="G31" s="24" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H31" s="24" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I31" s="24" t="s">
         <v>209</v>
       </c>
-      <c r="F31" s="24" t="s">
-[...8 lines deleted...]
-      <c r="I31" s="24" t="s">
+      <c r="J31" s="24" t="s">
         <v>210</v>
       </c>
-      <c r="J31" s="24" t="s">
+      <c r="K31" s="25" t="s">
+        <v>1213</v>
+      </c>
+      <c r="L31" s="24" t="s">
         <v>211</v>
       </c>
-      <c r="K31" s="25" t="s">
-[...2 lines deleted...]
-      <c r="L31" s="24" t="s">
+      <c r="M31" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N31" s="24" t="s">
+        <v>1078</v>
+      </c>
+      <c r="O31" s="24" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P31" s="24" t="s">
+        <v>1075</v>
+      </c>
+      <c r="Q31" s="24" t="s">
         <v>212</v>
       </c>
-      <c r="M31" s="25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R31" s="24" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="S31" s="24" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="T31" s="34" t="s">
-        <v>1675</v>
+        <v>1669</v>
       </c>
       <c r="U31" s="24" t="s">
-        <v>1387</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="32" spans="1:21" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A32" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E32" s="7" t="s">
         <v>214</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E32" s="7" t="s">
+      <c r="F32" s="7" t="s">
         <v>215</v>
       </c>
-      <c r="F32" s="7" t="s">
+      <c r="G32" s="7" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I32" s="7" t="s">
         <v>216</v>
       </c>
-      <c r="G32" s="7" t="s">
-[...5 lines deleted...]
-      <c r="I32" s="7" t="s">
+      <c r="J32" s="7" t="s">
         <v>217</v>
       </c>
-      <c r="J32" s="7" t="s">
+      <c r="K32" s="19" t="s">
+        <v>1111</v>
+      </c>
+      <c r="L32" s="7" t="s">
         <v>218</v>
       </c>
-      <c r="K32" s="19" t="s">
-[...2 lines deleted...]
-      <c r="L32" s="7" t="s">
+      <c r="M32" s="19" t="s">
+        <v>815</v>
+      </c>
+      <c r="N32" s="7" t="s">
         <v>219</v>
       </c>
-      <c r="M32" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O32" s="7" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P32" s="7" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
       <c r="Q32" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="R32" s="7" t="s">
+        <v>859</v>
+      </c>
+      <c r="S32" s="7" t="s">
         <v>160</v>
       </c>
-      <c r="R32" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T32" s="8" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="U32" s="7" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
     </row>
     <row r="33" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A33" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="B33" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="B33" s="6" t="s">
+      <c r="C33" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E33" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="C33" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="6" t="s">
+      <c r="F33" s="6" t="s">
+        <v>1736</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>1592</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>830</v>
+      </c>
+      <c r="K33" s="13" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L33" s="6" t="s">
         <v>223</v>
       </c>
-      <c r="F33" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M33" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="Q33" s="6" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="S33" s="6" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="T33" s="10" t="s">
-        <v>1135</v>
+        <v>1130</v>
       </c>
       <c r="U33" s="6" t="s">
-        <v>1607</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="34" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A34" s="6" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E34" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="G34" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="H34" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="F34" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H34" s="6" t="s">
+      <c r="I34" s="6" t="s">
         <v>229</v>
       </c>
-      <c r="I34" s="6" t="s">
+      <c r="J34" s="6" t="s">
         <v>230</v>
       </c>
-      <c r="J34" s="6" t="s">
+      <c r="K34" s="13" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L34" s="6" t="s">
         <v>231</v>
       </c>
-      <c r="K34" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L34" s="6" t="s">
+      <c r="M34" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N34" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="M34" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N34" s="6" t="s">
+      <c r="O34" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P34" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="Q34" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="R34" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="S34" s="6" t="s">
         <v>233</v>
       </c>
-      <c r="O34" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T34" s="10" t="s">
-        <v>1534</v>
+        <v>1529</v>
       </c>
       <c r="U34" s="6" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="35" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A35" s="6" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E35" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>237</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
+        <v>1620</v>
+      </c>
+      <c r="K35" s="13" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L35" s="6" t="s">
         <v>238</v>
       </c>
-      <c r="J35" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>239</v>
       </c>
-      <c r="M35" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O35" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="T35" s="10" t="s">
-        <v>1625</v>
+        <v>1619</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
     </row>
     <row r="36" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A36" s="6" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E36" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="F36" s="6" t="s">
         <v>242</v>
       </c>
-      <c r="F36" s="6" t="s">
+      <c r="G36" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="H36" s="6" t="s">
         <v>243</v>
       </c>
-      <c r="G36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="6" t="s">
+      <c r="I36" s="6" t="s">
         <v>244</v>
       </c>
-      <c r="I36" s="6" t="s">
+      <c r="J36" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="K36" s="13" t="s">
+        <v>1216</v>
+      </c>
+      <c r="L36" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="J36" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="13" t="s">
+        <v>1289</v>
+      </c>
+      <c r="N36" s="6" t="s">
         <v>246</v>
       </c>
-      <c r="M36" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N36" s="6" t="s">
+      <c r="O36" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P36" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q36" s="6" t="s">
         <v>247</v>
       </c>
-      <c r="O36" s="6" t="s">
-[...5 lines deleted...]
-      <c r="Q36" s="6" t="s">
+      <c r="R36" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="S36" s="6" t="s">
         <v>248</v>
       </c>
-      <c r="R36" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T36" s="10" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="U36" s="6"/>
     </row>
     <row r="37" spans="1:21" ht="204" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E37" s="6" t="s">
         <v>250</v>
       </c>
-      <c r="B37" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E37" s="6" t="s">
+      <c r="F37" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="F37" s="6" t="s">
+      <c r="G37" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="I37" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="G37" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I37" s="6" t="s">
+      <c r="J37" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="J37" s="6" t="s">
+      <c r="K37" s="13" t="s">
+        <v>1203</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="M37" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N37" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="K37" s="13" t="s">
-[...8 lines deleted...]
-      <c r="N37" s="6" t="s">
+      <c r="O37" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P37" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="Q37" s="6" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R37" s="6" t="s">
+        <v>1460</v>
+      </c>
+      <c r="S37" s="6" t="s">
         <v>255</v>
       </c>
-      <c r="O37" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T37" s="10" t="s">
-        <v>1504</v>
+        <v>1499</v>
       </c>
       <c r="U37" s="6" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="38" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A38" s="6" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E38" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="F38" s="6" t="s">
         <v>258</v>
       </c>
-      <c r="F38" s="6" t="s">
+      <c r="G38" s="6" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I38" s="6" t="s">
         <v>259</v>
       </c>
-      <c r="G38" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I38" s="6" t="s">
+      <c r="J38" s="6" t="s">
         <v>260</v>
       </c>
-      <c r="J38" s="6" t="s">
+      <c r="K38" s="13" t="s">
+        <v>1217</v>
+      </c>
+      <c r="L38" s="6" t="s">
         <v>261</v>
       </c>
-      <c r="K38" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M38" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N38" s="6" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="O38" s="6" t="s">
         <v>30</v>
       </c>
       <c r="P38" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Q38" s="6" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="R38" s="6" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="S38" s="6" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="T38" s="10" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="U38" s="6" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
     </row>
     <row r="39" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A39" s="6" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E39" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F39" s="6" t="s">
         <v>264</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>946</v>
+      </c>
+      <c r="K39" s="13" t="s">
+        <v>1218</v>
+      </c>
+      <c r="L39" s="6" t="s">
         <v>265</v>
       </c>
-      <c r="G39" s="6" t="s">
-[...14 lines deleted...]
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N39" s="6" t="s">
         <v>266</v>
       </c>
-      <c r="M39" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O39" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="T39" s="10" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>1391</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="40" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A40" s="6" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E40" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="F40" s="6" t="s">
         <v>269</v>
       </c>
-      <c r="F40" s="6" t="s">
+      <c r="G40" s="6" t="s">
         <v>270</v>
       </c>
-      <c r="G40" s="6" t="s">
+      <c r="H40" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I40" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="H40" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I40" s="6" t="s">
+      <c r="J40" s="6" t="s">
         <v>272</v>
       </c>
-      <c r="J40" s="6" t="s">
+      <c r="K40" s="13" t="s">
+        <v>1387</v>
+      </c>
+      <c r="L40" s="6" t="s">
         <v>273</v>
       </c>
-      <c r="K40" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M40" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="O40" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="Q40" s="6" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="R40" s="6" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="S40" s="6" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="T40" s="10" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="U40" s="6" t="s">
-        <v>1393</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="41" spans="1:21" ht="102" x14ac:dyDescent="0.25">
       <c r="A41" s="6" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E41" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>1390</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H41" s="6" t="s">
         <v>276</v>
       </c>
-      <c r="F41" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H41" s="6" t="s">
+      <c r="I41" s="6" t="s">
         <v>277</v>
       </c>
-      <c r="I41" s="6" t="s">
+      <c r="J41" s="6" t="s">
         <v>278</v>
       </c>
-      <c r="J41" s="6" t="s">
+      <c r="K41" s="13" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L41" s="6" t="s">
         <v>279</v>
       </c>
-      <c r="K41" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L41" s="6" t="s">
+      <c r="M41" s="13" t="s">
+        <v>1295</v>
+      </c>
+      <c r="N41" s="6" t="s">
+        <v>1391</v>
+      </c>
+      <c r="O41" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P41" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="Q41" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="R41" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="S41" s="6" t="s">
         <v>280</v>
       </c>
-      <c r="M41" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="T41" s="10" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="U41" s="6" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="42" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A42" s="6" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="J42" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="K42" s="13" t="s">
+        <v>1220</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="M42" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N42" s="6" t="s">
+        <v>1318</v>
+      </c>
+      <c r="O42" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P42" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="Q42" s="6" t="s">
+        <v>1488</v>
+      </c>
+      <c r="R42" s="6" t="s">
         <v>1086</v>
       </c>
-      <c r="D42" s="6" t="s">
-[...23 lines deleted...]
-      <c r="L42" s="6" t="s">
+      <c r="S42" s="6" t="s">
         <v>287</v>
       </c>
-      <c r="M42" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="T42" s="10" t="s">
-        <v>1492</v>
+        <v>1487</v>
       </c>
       <c r="U42" s="6" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="43" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A43" s="6" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E43" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="F43" s="6" t="s">
         <v>290</v>
       </c>
-      <c r="F43" s="6" t="s">
+      <c r="G43" s="6" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H43" s="6" t="s">
         <v>291</v>
       </c>
-      <c r="G43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H43" s="6" t="s">
+      <c r="I43" s="6" t="s">
         <v>292</v>
       </c>
-      <c r="I43" s="6" t="s">
+      <c r="J43" s="6" t="s">
         <v>293</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="13" t="s">
+        <v>1221</v>
+      </c>
+      <c r="L43" s="6" t="s">
         <v>294</v>
       </c>
-      <c r="K43" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M43" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
       <c r="T43" s="10" t="s">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="44" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A44" s="6" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E44" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>1739</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H44" s="6" t="s">
         <v>298</v>
       </c>
-      <c r="F44" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H44" s="6" t="s">
+      <c r="I44" s="6" t="s">
         <v>299</v>
       </c>
-      <c r="I44" s="6" t="s">
+      <c r="J44" s="6" t="s">
         <v>300</v>
       </c>
-      <c r="J44" s="6" t="s">
+      <c r="K44" s="13" t="s">
+        <v>1222</v>
+      </c>
+      <c r="L44" s="6" t="s">
         <v>301</v>
       </c>
-      <c r="K44" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L44" s="6" t="s">
+      <c r="M44" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N44" s="6" t="s">
         <v>302</v>
       </c>
-      <c r="M44" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N44" s="6" t="s">
+      <c r="O44" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P44" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="O44" s="6" t="s">
-[...2 lines deleted...]
-      <c r="P44" s="6" t="s">
+      <c r="Q44" s="6" t="s">
         <v>304</v>
       </c>
-      <c r="Q44" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R44" s="6" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="S44" s="6" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="T44" s="10" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="U44" s="6"/>
     </row>
     <row r="45" spans="1:21" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A45" s="6" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>1400</v>
+        <v>1395</v>
       </c>
       <c r="G45" s="11" t="s">
-        <v>1401</v>
+        <v>1396</v>
       </c>
       <c r="H45" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="I45" s="6" t="s">
         <v>309</v>
       </c>
-      <c r="I45" s="6" t="s">
+      <c r="J45" s="6" t="s">
         <v>310</v>
       </c>
-      <c r="J45" s="6" t="s">
+      <c r="K45" s="13" t="s">
+        <v>1223</v>
+      </c>
+      <c r="L45" s="6" t="s">
         <v>311</v>
       </c>
-      <c r="K45" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M45" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N45" s="6" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P45" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q45" s="6" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="R45" s="6" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="S45" s="6" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="T45" s="10" t="s">
-        <v>1402</v>
+        <v>1397</v>
       </c>
       <c r="U45" s="6" t="s">
-        <v>1403</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="46" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A46" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="G46" s="6" t="s">
-        <v>1770</v>
+        <v>1763</v>
       </c>
       <c r="H46" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="I46" s="6" t="s">
         <v>314</v>
       </c>
-      <c r="I46" s="6" t="s">
+      <c r="J46" s="6" t="s">
         <v>315</v>
       </c>
-      <c r="J46" s="6" t="s">
+      <c r="K46" s="13" t="s">
+        <v>1224</v>
+      </c>
+      <c r="L46" s="6" t="s">
         <v>316</v>
       </c>
-      <c r="K46" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L46" s="6" t="s">
+      <c r="M46" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N46" s="6" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
       <c r="O46" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P46" s="6" t="s">
-        <v>1404</v>
+        <v>1399</v>
       </c>
       <c r="Q46" s="6" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="R46" s="6" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="S46" s="6" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="T46" s="10" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="U46" s="6" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="47" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A47" s="6" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="F47" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="G47" s="6" t="s">
         <v>320</v>
       </c>
-      <c r="G47" s="6" t="s">
+      <c r="H47" s="6" t="s">
         <v>321</v>
       </c>
-      <c r="H47" s="6" t="s">
+      <c r="I47" s="6" t="s">
         <v>322</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
+        <v>1099</v>
+      </c>
+      <c r="K47" s="13" t="s">
+        <v>1116</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>725</v>
+      </c>
+      <c r="M47" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N47" s="6" t="s">
         <v>323</v>
       </c>
-      <c r="J47" s="6" t="s">
-[...11 lines deleted...]
-      <c r="N47" s="6" t="s">
+      <c r="O47" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P47" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q47" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="R47" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="S47" s="6" t="s">
         <v>324</v>
       </c>
-      <c r="O47" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T47" s="10" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="48" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A48" s="7" t="s">
+        <v>326</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>327</v>
       </c>
-      <c r="B48" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E48" s="7" t="s">
+      <c r="F48" s="7" t="s">
         <v>328</v>
       </c>
-      <c r="F48" s="7" t="s">
+      <c r="G48" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="H48" s="7" t="s">
         <v>329</v>
       </c>
-      <c r="G48" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H48" s="7" t="s">
+      <c r="I48" s="7" t="s">
         <v>330</v>
       </c>
-      <c r="I48" s="7" t="s">
+      <c r="J48" s="7" t="s">
         <v>331</v>
       </c>
-      <c r="J48" s="7" t="s">
+      <c r="K48" s="19" t="s">
+        <v>1225</v>
+      </c>
+      <c r="L48" s="7" t="s">
         <v>332</v>
       </c>
-      <c r="K48" s="19" t="s">
-[...2 lines deleted...]
-      <c r="L48" s="7" t="s">
+      <c r="M48" s="19" t="s">
+        <v>815</v>
+      </c>
+      <c r="N48" s="7" t="s">
         <v>333</v>
       </c>
-      <c r="M48" s="19" t="s">
-[...2 lines deleted...]
-      <c r="N48" s="7" t="s">
+      <c r="O48" s="7" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P48" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q48" s="7" t="s">
         <v>334</v>
       </c>
-      <c r="O48" s="7" t="s">
-[...5 lines deleted...]
-      <c r="Q48" s="7" t="s">
+      <c r="R48" s="7" t="s">
+        <v>899</v>
+      </c>
+      <c r="S48" s="7" t="s">
         <v>335</v>
       </c>
-      <c r="R48" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T48" s="8" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="U48" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="49" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A49" s="6" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E49" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="F49" s="6" t="s">
         <v>338</v>
       </c>
-      <c r="F49" s="6" t="s">
+      <c r="G49" s="6" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H49" s="6" t="s">
         <v>339</v>
       </c>
-      <c r="G49" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H49" s="6" t="s">
+      <c r="I49" s="6" t="s">
         <v>340</v>
       </c>
-      <c r="I49" s="6" t="s">
+      <c r="J49" s="6" t="s">
         <v>341</v>
       </c>
-      <c r="J49" s="6" t="s">
+      <c r="K49" s="22" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L49" s="6" t="s">
         <v>342</v>
       </c>
-      <c r="K49" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M49" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N49" s="6"/>
       <c r="O49" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P49" s="6" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="Q49" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="R49" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="S49" s="6" t="s">
         <v>344</v>
       </c>
-      <c r="R49" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T49" s="10" t="s">
-        <v>1408</v>
+        <v>1403</v>
       </c>
       <c r="U49" s="6" t="s">
-        <v>1409</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="50" spans="1:21" ht="102" x14ac:dyDescent="0.25">
       <c r="A50" s="6" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E50" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G50" s="6" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>903</v>
+      </c>
+      <c r="I50" s="6" t="s">
         <v>347</v>
       </c>
-      <c r="F50" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I50" s="6" t="s">
+      <c r="J50" s="6" t="s">
         <v>348</v>
       </c>
-      <c r="J50" s="6" t="s">
+      <c r="K50" s="13" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L50" s="6" t="s">
         <v>349</v>
       </c>
-      <c r="K50" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L50" s="6" t="s">
+      <c r="M50" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N50" s="6" t="s">
         <v>350</v>
       </c>
-      <c r="M50" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O50" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P50" s="6" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="Q50" s="6" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="R50" s="6" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="S50" s="6" t="s">
-        <v>1472</v>
+        <v>1467</v>
       </c>
       <c r="T50" s="10" t="s">
-        <v>1627</v>
+        <v>1621</v>
       </c>
       <c r="U50" s="6" t="s">
-        <v>1628</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="51" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A51" s="6" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>1524</v>
+        <v>1519</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>1525</v>
+        <v>1520</v>
       </c>
       <c r="H51" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="I51" s="6" t="s">
         <v>355</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>356</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="13" t="s">
+        <v>1147</v>
+      </c>
+      <c r="L51" s="6" t="s">
         <v>357</v>
       </c>
-      <c r="K51" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="13" t="s">
+        <v>1148</v>
+      </c>
+      <c r="N51" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="O51" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P51" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="Q51" s="6" t="s">
         <v>358</v>
       </c>
-      <c r="M51" s="13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R51" s="6" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>1143</v>
+        <v>1138</v>
       </c>
       <c r="T51" s="10" t="s">
-        <v>1527</v>
+        <v>1522</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>1144</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="52" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A52" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="B52" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="C52" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D52" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E52" s="24" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F52" s="24" t="s">
         <v>602</v>
       </c>
-      <c r="B52" s="24" t="s">
+      <c r="G52" s="24" t="s">
+        <v>602</v>
+      </c>
+      <c r="H52" s="24" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I52" s="24" t="s">
         <v>603</v>
       </c>
-      <c r="C52" s="24" t="s">
-[...8 lines deleted...]
-      <c r="F52" s="24" t="s">
+      <c r="J52" s="24" t="s">
         <v>604</v>
       </c>
-      <c r="G52" s="24" t="s">
-[...5 lines deleted...]
-      <c r="I52" s="24" t="s">
+      <c r="K52" s="25" t="s">
+        <v>1406</v>
+      </c>
+      <c r="L52" s="24" t="s">
         <v>605</v>
       </c>
-      <c r="J52" s="24" t="s">
+      <c r="M52" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N52" s="24" t="s">
         <v>606</v>
       </c>
-      <c r="K52" s="25" t="s">
-[...2 lines deleted...]
-      <c r="L52" s="24" t="s">
+      <c r="O52" s="24" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P52" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q52" s="24" t="s">
         <v>607</v>
       </c>
-      <c r="M52" s="25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R52" s="24" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="S52" s="24" t="s">
-        <v>1711</v>
+        <v>1705</v>
       </c>
       <c r="T52" s="26" t="s">
-        <v>1412</v>
+        <v>1407</v>
       </c>
       <c r="U52" s="24" t="s">
-        <v>1413</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="53" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A53" s="7" t="s">
+        <v>359</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F53" s="7" t="s">
         <v>360</v>
       </c>
-      <c r="B53" s="7" t="s">
-[...8 lines deleted...]
-      <c r="E53" s="7" t="s">
+      <c r="G53" s="7" t="s">
+        <v>361</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>362</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>922</v>
+      </c>
+      <c r="J53" s="7" t="s">
+        <v>363</v>
+      </c>
+      <c r="K53" s="19" t="s">
+        <v>1228</v>
+      </c>
+      <c r="L53" s="7" t="s">
+        <v>364</v>
+      </c>
+      <c r="M53" s="19" t="s">
+        <v>1290</v>
+      </c>
+      <c r="N53" s="7" t="s">
+        <v>365</v>
+      </c>
+      <c r="O53" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P53" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="Q53" s="7" t="s">
+        <v>367</v>
+      </c>
+      <c r="R53" s="7" t="s">
+        <v>885</v>
+      </c>
+      <c r="S53" s="7" t="s">
+        <v>366</v>
+      </c>
+      <c r="T53" s="8" t="s">
+        <v>1059</v>
+      </c>
+      <c r="U53" s="7" t="s">
         <v>1060</v>
-      </c>
-[...46 lines deleted...]
-        <v>1065</v>
       </c>
     </row>
     <row r="54" spans="1:21" s="27" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A54" s="24" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B54" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="24" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D54" s="24" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E54" s="24" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="F54" s="24" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="G54" s="24" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="H54" s="24" t="s">
-        <v>1487</v>
+        <v>1482</v>
       </c>
       <c r="I54" s="24" t="s">
+        <v>369</v>
+      </c>
+      <c r="J54" s="24" t="s">
         <v>370</v>
       </c>
-      <c r="J54" s="24" t="s">
+      <c r="K54" s="25" t="s">
+        <v>1229</v>
+      </c>
+      <c r="L54" s="24" t="s">
         <v>371</v>
       </c>
-      <c r="K54" s="25" t="s">
-[...2 lines deleted...]
-      <c r="L54" s="24" t="s">
+      <c r="M54" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N54" s="24" t="s">
         <v>372</v>
       </c>
-      <c r="M54" s="25" t="s">
-[...2 lines deleted...]
-      <c r="N54" s="24" t="s">
+      <c r="O54" s="24" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P54" s="24" t="s">
+        <v>1349</v>
+      </c>
+      <c r="Q54" s="24" t="s">
+        <v>1698</v>
+      </c>
+      <c r="R54" s="24" t="s">
+        <v>1758</v>
+      </c>
+      <c r="S54" s="24" t="s">
         <v>373</v>
       </c>
-      <c r="O54" s="24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T54" s="26" t="s">
-        <v>1709</v>
+        <v>1703</v>
       </c>
       <c r="U54" s="24" t="s">
-        <v>1066</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="55" spans="1:21" ht="102" x14ac:dyDescent="0.25">
       <c r="A55" s="7" t="s">
+        <v>374</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E55" s="7" t="s">
         <v>375</v>
       </c>
-      <c r="B55" s="7" t="s">
+      <c r="F55" s="7" t="s">
+        <v>757</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>756</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>376</v>
+      </c>
+      <c r="I55" s="7" t="s">
+        <v>681</v>
+      </c>
+      <c r="J55" s="7" t="s">
+        <v>682</v>
+      </c>
+      <c r="K55" s="19" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L55" s="7" t="s">
+        <v>683</v>
+      </c>
+      <c r="M55" s="19" t="s">
+        <v>1291</v>
+      </c>
+      <c r="N55" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="O55" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P55" s="7" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q55" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="R55" s="7" t="s">
+        <v>900</v>
+      </c>
+      <c r="S55" s="7" t="s">
+        <v>379</v>
+      </c>
+      <c r="T55" s="8" t="s">
+        <v>1166</v>
+      </c>
+      <c r="U55" s="7" t="s">
         <v>1167</v>
-      </c>
-[...55 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="56" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A56" s="6" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E56" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="F56" s="6" t="s">
         <v>382</v>
       </c>
-      <c r="F56" s="6" t="s">
+      <c r="G56" s="6" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H56" s="6" t="s">
         <v>383</v>
       </c>
-      <c r="G56" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="6" t="s">
+      <c r="I56" s="6" t="s">
         <v>384</v>
       </c>
-      <c r="I56" s="6" t="s">
+      <c r="J56" s="6" t="s">
         <v>385</v>
       </c>
-      <c r="J56" s="6" t="s">
+      <c r="K56" s="13" t="s">
+        <v>1137</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="M56" s="17" t="s">
+        <v>815</v>
+      </c>
+      <c r="N56" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="O56" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P56" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="Q56" s="6" t="s">
         <v>386</v>
       </c>
-      <c r="K56" s="13" t="s">
-[...17 lines deleted...]
-      <c r="Q56" s="6" t="s">
+      <c r="R56" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="S56" s="6" t="s">
         <v>387</v>
       </c>
-      <c r="R56" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T56" s="10" t="s">
-        <v>1599</v>
+        <v>1593</v>
       </c>
       <c r="U56" s="6" t="s">
-        <v>1139</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="57" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A57" s="6" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E57" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I57" s="6" t="s">
         <v>390</v>
       </c>
-      <c r="F57" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I57" s="6" t="s">
+      <c r="J57" s="6" t="s">
         <v>391</v>
       </c>
-      <c r="J57" s="6" t="s">
+      <c r="K57" s="13" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L57" s="6" t="s">
         <v>392</v>
       </c>
-      <c r="K57" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="13" t="s">
+        <v>1292</v>
+      </c>
+      <c r="N57" s="6" t="s">
         <v>393</v>
       </c>
-      <c r="M57" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O57" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P57" s="6" t="s">
-        <v>1355</v>
+        <v>1350</v>
       </c>
       <c r="Q57" s="6" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="R57" s="6" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="S57" s="6" t="s">
-        <v>1472</v>
+        <v>1467</v>
       </c>
       <c r="T57" s="10" t="s">
-        <v>1629</v>
+        <v>1623</v>
       </c>
       <c r="U57" s="6" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
     </row>
     <row r="58" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A58" s="6" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E58" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="F58" s="6" t="s">
         <v>396</v>
       </c>
-      <c r="F58" s="6" t="s">
+      <c r="G58" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="H58" s="6" t="s">
         <v>397</v>
       </c>
-      <c r="G58" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H58" s="6" t="s">
+      <c r="I58" s="6" t="s">
         <v>398</v>
       </c>
-      <c r="I58" s="6" t="s">
+      <c r="J58" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="K58" s="13" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L58" s="6" t="s">
         <v>399</v>
       </c>
-      <c r="J58" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N58" s="6" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>401</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P58" s="13" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="Q58" s="6" t="s">
-        <v>1701</v>
+        <v>1695</v>
       </c>
       <c r="R58" s="6" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="S58" s="6" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="T58" s="10" t="s">
-        <v>1415</v>
+        <v>1410</v>
       </c>
       <c r="U58" s="6" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="59" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A59" s="7" t="s">
+        <v>402</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E59" s="7" t="s">
         <v>403</v>
       </c>
-      <c r="B59" s="7" t="s">
-[...8 lines deleted...]
-      <c r="E59" s="7" t="s">
+      <c r="F59" s="7" t="s">
         <v>404</v>
       </c>
-      <c r="F59" s="7" t="s">
+      <c r="G59" s="7" t="s">
+        <v>404</v>
+      </c>
+      <c r="H59" s="7" t="s">
         <v>405</v>
       </c>
-      <c r="G59" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H59" s="7" t="s">
+      <c r="I59" s="7" t="s">
         <v>406</v>
       </c>
-      <c r="I59" s="7" t="s">
+      <c r="J59" s="7" t="s">
         <v>407</v>
       </c>
-      <c r="J59" s="7" t="s">
+      <c r="K59" s="19" t="s">
+        <v>1233</v>
+      </c>
+      <c r="L59" s="7" t="s">
         <v>408</v>
       </c>
-      <c r="K59" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M59" s="19" t="s">
-        <v>1238</v>
+        <v>1233</v>
       </c>
       <c r="N59" s="7" t="s">
-        <v>1310</v>
+        <v>1305</v>
       </c>
       <c r="O59" s="7" t="s">
         <v>30</v>
       </c>
       <c r="P59" s="7" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="Q59" s="7" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="R59" s="7" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="S59" s="7" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="T59" s="8" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="U59" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
-    <row r="60" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A60" s="6" t="s">
+    <row r="60" spans="1:21" s="27" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A60" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="B60" s="24" t="s">
+        <v>609</v>
+      </c>
+      <c r="C60" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D60" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E60" s="24" t="s">
         <v>610</v>
       </c>
-      <c r="B60" s="6" t="s">
+      <c r="F60" s="24" t="s">
         <v>611</v>
       </c>
-      <c r="C60" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="6" t="s">
+      <c r="G60" s="24" t="s">
+        <v>611</v>
+      </c>
+      <c r="H60" s="24" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I60" s="24" t="s">
+        <v>1765</v>
+      </c>
+      <c r="J60" s="24" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K60" s="25" t="s">
+        <v>1234</v>
+      </c>
+      <c r="L60" s="24" t="s">
         <v>612</v>
       </c>
-      <c r="F60" s="6" t="s">
+      <c r="M60" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N60" s="24" t="s">
         <v>613</v>
       </c>
-      <c r="G60" s="6" t="s">
-[...42 lines deleted...]
-        <v>676</v>
+      <c r="O60" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="P60" s="24" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q60" s="24" t="s">
+        <v>731</v>
+      </c>
+      <c r="R60" s="24" t="s">
+        <v>1046</v>
+      </c>
+      <c r="S60" s="24" t="s">
+        <v>1045</v>
+      </c>
+      <c r="T60" s="26" t="s">
+        <v>774</v>
+      </c>
+      <c r="U60" s="24" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="61" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A61" s="6" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E61" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>1741</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H61" s="6" t="s">
         <v>412</v>
       </c>
-      <c r="F61" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H61" s="6" t="s">
+      <c r="I61" s="6" t="s">
         <v>413</v>
       </c>
-      <c r="I61" s="6" t="s">
+      <c r="J61" s="6" t="s">
         <v>414</v>
       </c>
-      <c r="J61" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K61" s="13" t="s">
-        <v>1240</v>
+        <v>1235</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>1605</v>
+        <v>1599</v>
       </c>
       <c r="M61" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N61" s="6" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P61" s="6" t="s">
-        <v>1601</v>
+        <v>1595</v>
       </c>
       <c r="Q61" s="6" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="R61" s="6" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="S61" s="6" t="s">
-        <v>1590</v>
+        <v>1585</v>
       </c>
       <c r="T61" s="10" t="s">
-        <v>1600</v>
+        <v>1594</v>
       </c>
       <c r="U61" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="62" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A62" s="6" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E62" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="F62" s="6" t="s">
         <v>419</v>
       </c>
-      <c r="F62" s="6" t="s">
+      <c r="G62" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="I62" s="6" t="s">
         <v>420</v>
       </c>
-      <c r="G62" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I62" s="6" t="s">
+      <c r="J62" s="6" t="s">
         <v>421</v>
       </c>
-      <c r="J62" s="6" t="s">
+      <c r="K62" s="13" t="s">
+        <v>1236</v>
+      </c>
+      <c r="L62" s="6" t="s">
         <v>422</v>
       </c>
-      <c r="K62" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L62" s="6" t="s">
+      <c r="M62" s="13" t="s">
+        <v>1236</v>
+      </c>
+      <c r="N62" s="6" t="s">
         <v>423</v>
       </c>
-      <c r="M62" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O62" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P62" s="6" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="Q62" s="6" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="R62" s="6" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="S62" s="6" t="s">
-        <v>1590</v>
+        <v>1585</v>
       </c>
       <c r="T62" s="10" t="s">
-        <v>1594</v>
+        <v>1589</v>
       </c>
       <c r="U62" s="6"/>
     </row>
     <row r="63" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A63" s="24" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B63" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="24" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D63" s="24" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E63" s="24" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="F63" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="G63" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="H63" s="24" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I63" s="24" t="s">
         <v>426</v>
       </c>
-      <c r="G63" s="24" t="s">
-[...5 lines deleted...]
-      <c r="I63" s="24" t="s">
+      <c r="J63" s="24" t="s">
+        <v>1185</v>
+      </c>
+      <c r="K63" s="25" t="s">
+        <v>1237</v>
+      </c>
+      <c r="L63" s="24" t="s">
         <v>427</v>
       </c>
-      <c r="J63" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M63" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N63" s="24" t="s">
-        <v>1311</v>
+        <v>1306</v>
       </c>
       <c r="O63" s="24" t="s">
         <v>20</v>
       </c>
       <c r="P63" s="24" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="Q63" s="24" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="R63" s="24" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="S63" s="24" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="T63" s="26" t="s">
-        <v>1705</v>
+        <v>1699</v>
       </c>
       <c r="U63" s="24" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
     </row>
     <row r="64" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A64" s="6" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E64" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="F64" s="6" t="s">
         <v>431</v>
       </c>
-      <c r="F64" s="6" t="s">
+      <c r="G64" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="H64" s="6" t="s">
         <v>432</v>
       </c>
-      <c r="G64" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H64" s="6" t="s">
+      <c r="I64" s="6" t="s">
         <v>433</v>
       </c>
-      <c r="I64" s="6" t="s">
+      <c r="J64" s="6" t="s">
         <v>434</v>
       </c>
-      <c r="J64" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K64" s="13" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="M64" s="13" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="N64" s="6" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P64" s="6" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="Q64" s="6" t="s">
-        <v>1631</v>
+        <v>1625</v>
       </c>
       <c r="R64" s="6" t="s">
-        <v>1632</v>
+        <v>1626</v>
       </c>
       <c r="S64" s="6" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="T64" s="10" t="s">
-        <v>1630</v>
+        <v>1624</v>
       </c>
       <c r="U64" s="6" t="s">
-        <v>1633</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="65" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A65" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>599</v>
+      </c>
+      <c r="E65" s="7" t="s">
         <v>438</v>
       </c>
-      <c r="B65" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E65" s="7" t="s">
+      <c r="F65" s="7" t="s">
         <v>439</v>
       </c>
-      <c r="F65" s="7" t="s">
+      <c r="G65" s="7" t="s">
+        <v>439</v>
+      </c>
+      <c r="H65" s="7" t="s">
         <v>440</v>
       </c>
-      <c r="G65" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H65" s="7" t="s">
+      <c r="I65" s="7" t="s">
         <v>441</v>
       </c>
-      <c r="I65" s="7" t="s">
+      <c r="J65" s="7" t="s">
         <v>442</v>
       </c>
-      <c r="J65" s="7" t="s">
+      <c r="K65" s="19" t="s">
+        <v>1239</v>
+      </c>
+      <c r="L65" s="7" t="s">
         <v>443</v>
       </c>
-      <c r="K65" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M65" s="19" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="N65" s="7" t="s">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="O65" s="7" t="s">
         <v>30</v>
       </c>
       <c r="P65" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Q65" s="7" t="s">
+        <v>435</v>
+      </c>
+      <c r="R65" s="7" t="s">
+        <v>896</v>
+      </c>
+      <c r="S65" s="7" t="s">
         <v>436</v>
       </c>
-      <c r="R65" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T65" s="8" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="U65" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="66" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A66" s="6" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E66" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="F66" s="6" t="s">
         <v>446</v>
       </c>
-      <c r="F66" s="6" t="s">
+      <c r="G66" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="H66" s="6" t="s">
         <v>447</v>
       </c>
-      <c r="G66" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H66" s="6" t="s">
+      <c r="I66" s="6" t="s">
         <v>448</v>
       </c>
-      <c r="I66" s="6" t="s">
+      <c r="J66" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="K66" s="13" t="s">
+        <v>1581</v>
+      </c>
+      <c r="L66" s="6" t="s">
         <v>449</v>
       </c>
-      <c r="J66" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M66" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N66" s="6" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O66" s="6" t="s">
         <v>30</v>
       </c>
       <c r="P66" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Q66" s="6" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="R66" s="6" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="S66" s="6" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="T66" s="10" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="U66" s="6" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
     </row>
     <row r="67" spans="1:21" s="27" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A67" s="24" t="s">
+        <v>450</v>
+      </c>
+      <c r="B67" s="24" t="s">
+        <v>485</v>
+      </c>
+      <c r="C67" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D67" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="E67" s="24" t="s">
         <v>451</v>
       </c>
-      <c r="B67" s="24" t="s">
-[...8 lines deleted...]
-      <c r="E67" s="24" t="s">
+      <c r="F67" s="24" t="s">
+        <v>792</v>
+      </c>
+      <c r="G67" s="24" t="s">
+        <v>792</v>
+      </c>
+      <c r="H67" s="24" t="s">
+        <v>1660</v>
+      </c>
+      <c r="I67" s="24" t="s">
         <v>452</v>
       </c>
-      <c r="F67" s="24" t="s">
-[...8 lines deleted...]
-      <c r="I67" s="24" t="s">
+      <c r="J67" s="24" t="s">
         <v>453</v>
       </c>
-      <c r="J67" s="24" t="s">
+      <c r="K67" s="25" t="s">
+        <v>1491</v>
+      </c>
+      <c r="L67" s="24" t="s">
         <v>454</v>
       </c>
-      <c r="K67" s="25" t="s">
-[...2 lines deleted...]
-      <c r="L67" s="24" t="s">
+      <c r="M67" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N67" s="24" t="s">
         <v>455</v>
       </c>
-      <c r="M67" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O67" s="24" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P67" s="24" t="s">
-        <v>1356</v>
+        <v>1351</v>
       </c>
       <c r="Q67" s="24" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="R67" s="24" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="S67" s="24" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="T67" s="26" t="s">
-        <v>1660</v>
+        <v>1654</v>
       </c>
       <c r="U67" s="24" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="68" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A68" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="I68" s="6" t="s">
         <v>617</v>
       </c>
-      <c r="B68" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E68" s="6" t="s">
+      <c r="J68" s="6" t="s">
         <v>618</v>
       </c>
-      <c r="F68" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H68" s="6" t="s">
+      <c r="K68" s="13" t="s">
+        <v>1240</v>
+      </c>
+      <c r="L68" s="6" t="s">
         <v>619</v>
       </c>
-      <c r="I68" s="6" t="s">
+      <c r="M68" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N68" s="6" t="s">
         <v>620</v>
-      </c>
-[...13 lines deleted...]
-        <v>623</v>
       </c>
       <c r="O68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P68" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q68" s="6" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="R68" s="6" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="S68" s="6" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="T68" s="10" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="U68" s="6" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
     </row>
     <row r="69" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A69" s="24" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B69" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="24" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D69" s="24" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E69" s="24" t="s">
+        <v>457</v>
+      </c>
+      <c r="F69" s="24" t="s">
         <v>458</v>
       </c>
-      <c r="F69" s="24" t="s">
+      <c r="G69" s="24" t="s">
         <v>459</v>
       </c>
-      <c r="G69" s="24" t="s">
+      <c r="H69" s="24" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I69" s="24" t="s">
         <v>460</v>
       </c>
-      <c r="H69" s="24" t="s">
-[...2 lines deleted...]
-      <c r="I69" s="24" t="s">
+      <c r="J69" s="24" t="s">
         <v>461</v>
       </c>
-      <c r="J69" s="24" t="s">
+      <c r="K69" s="25" t="s">
+        <v>1241</v>
+      </c>
+      <c r="L69" s="24" t="s">
         <v>462</v>
       </c>
-      <c r="K69" s="25" t="s">
-[...2 lines deleted...]
-      <c r="L69" s="24" t="s">
+      <c r="M69" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N69" s="24" t="s">
+        <v>1307</v>
+      </c>
+      <c r="O69" s="24" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P69" s="24" t="s">
+        <v>1352</v>
+      </c>
+      <c r="Q69" s="24" t="s">
         <v>463</v>
       </c>
-      <c r="M69" s="25" t="s">
-[...11 lines deleted...]
-      <c r="Q69" s="24" t="s">
+      <c r="R69" s="24" t="s">
+        <v>873</v>
+      </c>
+      <c r="S69" s="24" t="s">
         <v>464</v>
       </c>
-      <c r="R69" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T69" s="26" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="U69" s="24" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
     </row>
     <row r="70" spans="1:21" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A70" s="6" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="G70" s="6" t="s">
-        <v>1656</v>
+        <v>1650</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="I70" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="J70" s="6" t="s">
         <v>467</v>
       </c>
-      <c r="J70" s="6" t="s">
+      <c r="K70" s="13" t="s">
+        <v>1242</v>
+      </c>
+      <c r="L70" s="6" t="s">
         <v>468</v>
       </c>
-      <c r="K70" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N70" s="6" t="s">
         <v>469</v>
       </c>
-      <c r="M70" s="13" t="s">
-[...2 lines deleted...]
-      <c r="N70" s="6" t="s">
+      <c r="O70" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P70" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="Q70" s="6" t="s">
         <v>470</v>
       </c>
-      <c r="O70" s="6" t="s">
-[...5 lines deleted...]
-      <c r="Q70" s="6" t="s">
+      <c r="R70" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="S70" s="6" t="s">
         <v>471</v>
       </c>
-      <c r="R70" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T70" s="10" t="s">
-        <v>1634</v>
+        <v>1628</v>
       </c>
       <c r="U70" s="6" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="71" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A71" s="6" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E71" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="G71" s="6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>1026</v>
+      </c>
+      <c r="I71" s="6" t="s">
         <v>474</v>
       </c>
-      <c r="F71" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I71" s="6" t="s">
+      <c r="J71" s="6" t="s">
         <v>475</v>
       </c>
-      <c r="J71" s="6" t="s">
+      <c r="K71" s="13" t="s">
+        <v>1122</v>
+      </c>
+      <c r="L71" s="6" t="s">
         <v>476</v>
       </c>
-      <c r="K71" s="13" t="s">
-[...2 lines deleted...]
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="17" t="s">
+        <v>815</v>
+      </c>
+      <c r="N71" s="6" t="s">
         <v>477</v>
       </c>
-      <c r="M71" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O71" s="6" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P71" s="6" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="Q71" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="R71" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="S71" s="6" t="s">
         <v>471</v>
       </c>
-      <c r="R71" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T71" s="10" t="s">
-        <v>1636</v>
+        <v>1630</v>
       </c>
       <c r="U71" s="6" t="s">
-        <v>1134</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="72" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A72" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>742</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>768</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>768</v>
+      </c>
+      <c r="H72" s="7" t="s">
         <v>479</v>
       </c>
-      <c r="B72" s="7" t="s">
-[...17 lines deleted...]
-      <c r="H72" s="7" t="s">
+      <c r="I72" s="7" t="s">
         <v>480</v>
       </c>
-      <c r="I72" s="7" t="s">
+      <c r="J72" s="7" t="s">
         <v>481</v>
       </c>
-      <c r="J72" s="7" t="s">
+      <c r="K72" s="19" t="s">
+        <v>1243</v>
+      </c>
+      <c r="L72" s="7" t="s">
         <v>482</v>
       </c>
-      <c r="K72" s="19" t="s">
-[...2 lines deleted...]
-      <c r="L72" s="7" t="s">
+      <c r="M72" s="19" t="s">
+        <v>815</v>
+      </c>
+      <c r="N72" s="7" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="O72" s="7" t="s">
         <v>20</v>
       </c>
       <c r="P72" s="7" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="Q72" s="7" t="s">
+        <v>470</v>
+      </c>
+      <c r="R72" s="7" t="s">
+        <v>874</v>
+      </c>
+      <c r="S72" s="7" t="s">
         <v>471</v>
       </c>
-      <c r="R72" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T72" s="8" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="U72" s="7" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
     </row>
     <row r="73" spans="1:21" s="3" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A73" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="B73" s="6" t="s">
         <v>485</v>
       </c>
-      <c r="B73" s="6" t="s">
+      <c r="C73" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F73" s="6" t="s">
         <v>486</v>
       </c>
-      <c r="C73" s="6" t="s">
-[...8 lines deleted...]
-      <c r="F73" s="6" t="s">
+      <c r="G73" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I73" s="6" t="s">
         <v>487</v>
       </c>
-      <c r="G73" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I73" s="6" t="s">
+      <c r="J73" s="6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="K73" s="13" t="s">
+        <v>1415</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="M73" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N73" s="6" t="s">
+        <v>1416</v>
+      </c>
+      <c r="O73" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P73" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="Q73" s="6" t="s">
         <v>488</v>
       </c>
-      <c r="J73" s="6" t="s">
-[...20 lines deleted...]
-      <c r="Q73" s="6" t="s">
+      <c r="R73" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="S73" s="6" t="s">
         <v>489</v>
       </c>
-      <c r="R73" s="6" t="s">
-[...2 lines deleted...]
-      <c r="S73" s="6" t="s">
+      <c r="T73" s="10" t="s">
+        <v>1631</v>
+      </c>
+      <c r="U73" s="6" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="74" spans="1:21" s="27" customFormat="1" ht="102" x14ac:dyDescent="0.25">
+      <c r="A74" s="24" t="s">
         <v>490</v>
       </c>
-      <c r="T73" s="10" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="6" t="s">
+      <c r="B74" s="24" t="s">
+        <v>485</v>
+      </c>
+      <c r="C74" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D74" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="E74" s="24" t="s">
+        <v>816</v>
+      </c>
+      <c r="F74" s="24" t="s">
+        <v>1586</v>
+      </c>
+      <c r="G74" s="24" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H74" s="24" t="s">
         <v>491</v>
       </c>
-      <c r="B74" s="6" t="s">
-[...17 lines deleted...]
-      <c r="H74" s="6" t="s">
+      <c r="I74" s="24" t="s">
+        <v>1770</v>
+      </c>
+      <c r="J74" s="24" t="s">
         <v>492</v>
       </c>
-      <c r="I74" s="6" t="s">
+      <c r="K74" s="25" t="s">
+        <v>1603</v>
+      </c>
+      <c r="L74" s="24" t="s">
         <v>493</v>
       </c>
-      <c r="J74" s="6" t="s">
-[...33 lines deleted...]
-        <v>1596</v>
+      <c r="M74" s="41" t="s">
+        <v>1771</v>
+      </c>
+      <c r="N74" s="24" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O74" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="P74" s="24" t="s">
+        <v>1338</v>
+      </c>
+      <c r="Q74" s="24" t="s">
+        <v>1492</v>
+      </c>
+      <c r="R74" s="24" t="s">
+        <v>1493</v>
+      </c>
+      <c r="S74" s="24" t="s">
+        <v>1494</v>
+      </c>
+      <c r="T74" s="26" t="s">
+        <v>1768</v>
+      </c>
+      <c r="U74" s="24" t="s">
+        <v>1590</v>
       </c>
     </row>
     <row r="75" spans="1:21" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A75" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>1657</v>
+      </c>
+      <c r="G75" s="6" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I75" s="6" t="s">
         <v>496</v>
       </c>
-      <c r="B75" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E75" s="6" t="s">
+      <c r="J75" s="6" t="s">
         <v>497</v>
       </c>
-      <c r="F75" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I75" s="6" t="s">
+      <c r="K75" s="13" t="s">
+        <v>1244</v>
+      </c>
+      <c r="L75" s="6" t="s">
         <v>498</v>
       </c>
-      <c r="J75" s="6" t="s">
+      <c r="M75" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N75" s="6" t="s">
         <v>499</v>
-      </c>
-[...10 lines deleted...]
-        <v>501</v>
       </c>
       <c r="O75" s="6" t="s">
         <v>30</v>
       </c>
       <c r="P75" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q75" s="6" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="R75" s="6" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="S75" s="6" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="T75" s="10" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="U75" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="76" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A76" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G76" s="6" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H76" s="6" t="s">
         <v>504</v>
       </c>
-      <c r="B76" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E76" s="6" t="s">
+      <c r="I76" s="6" t="s">
         <v>505</v>
       </c>
-      <c r="F76" s="6" t="s">
+      <c r="J76" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="K76" s="13" t="s">
+        <v>1245</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="M76" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N76" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="O76" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P76" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="Q76" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="R76" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="S76" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="T76" s="10" t="s">
         <v>1523</v>
       </c>
-      <c r="G76" s="6" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="U76" s="6" t="s">
-        <v>1427</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="77" spans="1:21" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A77" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="F77" s="6" t="s">
         <v>513</v>
       </c>
-      <c r="B77" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E77" s="6" t="s">
+      <c r="G77" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="H77" s="6" t="s">
         <v>514</v>
       </c>
-      <c r="F77" s="6" t="s">
+      <c r="I77" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="J77" s="6" t="s">
         <v>515</v>
       </c>
-      <c r="G77" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H77" s="6" t="s">
+      <c r="K77" s="13" t="s">
+        <v>1246</v>
+      </c>
+      <c r="L77" s="6" t="s">
         <v>516</v>
       </c>
-      <c r="I77" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J77" s="6" t="s">
+      <c r="M77" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N77" s="6" t="s">
         <v>517</v>
-      </c>
-[...10 lines deleted...]
-        <v>519</v>
       </c>
       <c r="O77" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P77" s="11" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
       <c r="Q77" s="6" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="R77" s="6" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="S77" s="6" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="T77" s="10" t="s">
-        <v>1529</v>
+        <v>1524</v>
       </c>
       <c r="U77" s="6" t="s">
-        <v>1428</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="78" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A78" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="F78" s="6" t="s">
         <v>520</v>
       </c>
-      <c r="B78" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E78" s="6" t="s">
+      <c r="G78" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="I78" s="6" t="s">
         <v>521</v>
       </c>
-      <c r="F78" s="6" t="s">
+      <c r="J78" s="6" t="s">
         <v>522</v>
       </c>
-      <c r="G78" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I78" s="6" t="s">
+      <c r="K78" s="13" t="s">
+        <v>1247</v>
+      </c>
+      <c r="L78" s="6" t="s">
         <v>523</v>
       </c>
-      <c r="J78" s="6" t="s">
+      <c r="M78" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N78" s="6" t="s">
         <v>524</v>
-      </c>
-[...10 lines deleted...]
-        <v>526</v>
       </c>
       <c r="O78" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P78" s="6" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="Q78" s="6" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="R78" s="6" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="S78" s="6" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="T78" s="10" t="s">
-        <v>1533</v>
+        <v>1528</v>
       </c>
       <c r="U78" s="6" t="s">
-        <v>1429</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="79" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A79" s="7" t="s">
+        <v>525</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>526</v>
+      </c>
+      <c r="F79" s="7" t="s">
         <v>527</v>
       </c>
-      <c r="B79" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E79" s="7" t="s">
+      <c r="G79" s="7" t="s">
         <v>528</v>
       </c>
-      <c r="F79" s="7" t="s">
+      <c r="H79" s="7" t="s">
+        <v>669</v>
+      </c>
+      <c r="I79" s="7" t="s">
         <v>529</v>
       </c>
-      <c r="G79" s="7" t="s">
+      <c r="J79" s="7" t="s">
         <v>530</v>
       </c>
-      <c r="H79" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I79" s="7" t="s">
+      <c r="K79" s="19" t="s">
+        <v>1248</v>
+      </c>
+      <c r="L79" s="7" t="s">
         <v>531</v>
       </c>
-      <c r="J79" s="7" t="s">
+      <c r="M79" s="19" t="s">
+        <v>815</v>
+      </c>
+      <c r="N79" s="7" t="s">
         <v>532</v>
       </c>
-      <c r="K79" s="19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O79" s="7" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P79" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="Q79" s="7" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="R79" s="7" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="S79" s="7" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="T79" s="8" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="U79" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="80" spans="1:21" ht="102" x14ac:dyDescent="0.25">
       <c r="A80" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="F80" s="6" t="s">
         <v>535</v>
       </c>
-      <c r="B80" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E80" s="6" t="s">
+      <c r="G80" s="6" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H80" s="6" t="s">
         <v>536</v>
       </c>
-      <c r="F80" s="6" t="s">
+      <c r="I80" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="K80" s="13" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L80" s="6" t="s">
         <v>537</v>
       </c>
-      <c r="G80" s="6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M80" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N80" s="6" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="O80" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P80" s="6" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="Q80" s="6" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="R80" s="6" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="S80" s="6" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="T80" s="10" t="s">
-        <v>1426</v>
+        <v>1421</v>
       </c>
       <c r="U80" s="6" t="s">
-        <v>1430</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="81" spans="1:21" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A81" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H81" s="6" t="s">
         <v>540</v>
       </c>
-      <c r="B81" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E81" s="6" t="s">
+      <c r="I81" s="6" t="s">
         <v>541</v>
       </c>
-      <c r="F81" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H81" s="6" t="s">
+      <c r="J81" s="6" t="s">
         <v>542</v>
       </c>
-      <c r="I81" s="6" t="s">
+      <c r="K81" s="13" t="s">
+        <v>1250</v>
+      </c>
+      <c r="L81" s="6" t="s">
         <v>543</v>
       </c>
-      <c r="J81" s="6" t="s">
+      <c r="M81" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N81" s="6" t="s">
         <v>544</v>
-      </c>
-[...10 lines deleted...]
-        <v>546</v>
       </c>
       <c r="O81" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P81" s="11" t="s">
-        <v>1536</v>
+        <v>1531</v>
       </c>
       <c r="Q81" s="6" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="R81" s="6" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="S81" s="6" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="T81" s="10" t="s">
-        <v>1535</v>
+        <v>1530</v>
       </c>
       <c r="U81" s="6" t="s">
-        <v>1431</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="82" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A82" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>1744</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="I82" s="6" t="s">
         <v>547</v>
       </c>
-      <c r="B82" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E82" s="6" t="s">
+      <c r="J82" s="6" t="s">
         <v>548</v>
       </c>
-      <c r="F82" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I82" s="6" t="s">
+      <c r="K82" s="13" t="s">
+        <v>1251</v>
+      </c>
+      <c r="L82" s="6" t="s">
         <v>549</v>
       </c>
-      <c r="J82" s="6" t="s">
+      <c r="M82" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N82" s="6" t="s">
         <v>550</v>
-      </c>
-[...10 lines deleted...]
-        <v>552</v>
       </c>
       <c r="O82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P82" s="6" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="Q82" s="6" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="R82" s="6" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="S82" s="6" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="T82" s="10" t="s">
-        <v>1425</v>
+        <v>1420</v>
       </c>
       <c r="U82" s="6" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="83" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A83" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>1745</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H83" s="6" t="s">
         <v>553</v>
       </c>
-      <c r="B83" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E83" s="6" t="s">
+      <c r="I83" s="6" t="s">
         <v>554</v>
       </c>
-      <c r="F83" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H83" s="6" t="s">
+      <c r="J83" s="6" t="s">
         <v>555</v>
       </c>
-      <c r="I83" s="6" t="s">
+      <c r="K83" s="13" t="s">
+        <v>1252</v>
+      </c>
+      <c r="L83" s="6" t="s">
         <v>556</v>
       </c>
-      <c r="J83" s="6" t="s">
+      <c r="M83" s="13" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N83" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="O83" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P83" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q83" s="6" t="s">
         <v>557</v>
       </c>
-      <c r="K83" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R83" s="6" t="s">
-        <v>1053</v>
+        <v>1048</v>
       </c>
       <c r="S83" s="6" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="T83" s="10" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="U83" s="6" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="84" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A84" s="6" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E84" s="6" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="J84" s="6" t="s">
+        <v>1534</v>
+      </c>
+      <c r="K84" s="13" t="s">
+        <v>1535</v>
+      </c>
+      <c r="L84" s="13" t="s">
+        <v>1536</v>
+      </c>
+      <c r="M84" s="13" t="s">
+        <v>1535</v>
+      </c>
+      <c r="N84" s="6" t="s">
         <v>1537</v>
-      </c>
-[...25 lines deleted...]
-        <v>1542</v>
       </c>
       <c r="O84" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P84" s="13" t="s">
-        <v>1543</v>
+        <v>1538</v>
       </c>
       <c r="Q84" s="6" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="R84" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="S84" s="6" t="s">
         <v>626</v>
       </c>
-      <c r="S84" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T84" s="10" t="s">
-        <v>1608</v>
+        <v>1602</v>
       </c>
       <c r="U84" s="6"/>
     </row>
     <row r="85" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A85" s="6" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E85" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>1428</v>
+      </c>
+      <c r="G85" s="6" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="I85" s="6" t="s">
         <v>560</v>
       </c>
-      <c r="F85" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H85" s="6" t="s">
+      <c r="J85" s="6" t="s">
+        <v>1187</v>
+      </c>
+      <c r="K85" s="13" t="s">
+        <v>1253</v>
+      </c>
+      <c r="L85" s="6" t="s">
         <v>561</v>
       </c>
-      <c r="I85" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M85" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N85" s="6" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="O85" s="6" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="P85" s="6" t="s">
-        <v>1358</v>
+        <v>1353</v>
       </c>
       <c r="Q85" s="6" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="R85" s="6" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="S85" s="6" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="T85" s="10" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="U85" s="6" t="s">
-        <v>1435</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="86" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A86" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>599</v>
+      </c>
+      <c r="E86" s="7" t="s">
+        <v>628</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>629</v>
+      </c>
+      <c r="G86" s="7" t="s">
         <v>630</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E86" s="7" t="s">
+      <c r="H86" s="7" t="s">
         <v>631</v>
       </c>
-      <c r="F86" s="7" t="s">
+      <c r="I86" s="7" t="s">
         <v>632</v>
       </c>
-      <c r="G86" s="7" t="s">
-[...5 lines deleted...]
-      <c r="I86" s="7" t="s">
+      <c r="J86" s="7" t="s">
         <v>635</v>
       </c>
-      <c r="J86" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K86" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="L86" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="M86" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N86" s="7" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O86" s="7" t="s">
         <v>20</v>
       </c>
       <c r="P86" s="7" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Q86" s="7" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="R86" s="7" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="S86" s="7" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="T86" s="8" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="U86" s="19" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="87" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A87" s="24" t="s">
+        <v>636</v>
+      </c>
+      <c r="B87" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="C87" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D87" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E87" s="24" t="s">
+        <v>637</v>
+      </c>
+      <c r="F87" s="24" t="s">
+        <v>638</v>
+      </c>
+      <c r="G87" s="24" t="s">
+        <v>1716</v>
+      </c>
+      <c r="H87" s="24" t="s">
         <v>639</v>
       </c>
-      <c r="B87" s="24" t="s">
-[...8 lines deleted...]
-      <c r="E87" s="24" t="s">
+      <c r="I87" s="25" t="s">
+        <v>1715</v>
+      </c>
+      <c r="J87" s="24" t="s">
         <v>640</v>
       </c>
-      <c r="F87" s="24" t="s">
+      <c r="K87" s="25" t="s">
+        <v>1254</v>
+      </c>
+      <c r="L87" s="24" t="s">
         <v>641</v>
       </c>
-      <c r="G87" s="24" t="s">
-[...2 lines deleted...]
-      <c r="H87" s="24" t="s">
+      <c r="M87" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N87" s="24" t="s">
+        <v>1309</v>
+      </c>
+      <c r="O87" s="24" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P87" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q87" s="24" t="s">
         <v>642</v>
       </c>
-      <c r="I87" s="25" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R87" s="24" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="S87" s="24" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="T87" s="26" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="U87" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A88" s="6" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E88" s="6" t="s">
-        <v>1768</v>
+        <v>1761</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>1753</v>
+        <v>1746</v>
       </c>
       <c r="G88" s="6" t="s">
-        <v>1754</v>
+        <v>1747</v>
       </c>
       <c r="H88" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="I88" s="6" t="s">
+        <v>971</v>
+      </c>
+      <c r="J88" s="6" t="s">
+        <v>972</v>
+      </c>
+      <c r="K88" s="13" t="s">
+        <v>1255</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="M88" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N88" s="6" t="s">
         <v>564</v>
       </c>
-      <c r="I88" s="6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O88" s="6" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P88" s="6" t="s">
-        <v>1359</v>
+        <v>1354</v>
       </c>
       <c r="Q88" s="6" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="R88" s="6" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="S88" s="6" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="T88" s="10" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="U88" s="6" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
     </row>
     <row r="89" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A89" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="G89" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>801</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="J89" s="6" t="s">
+        <v>786</v>
+      </c>
+      <c r="K89" s="13" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L89" s="6" t="s">
         <v>567</v>
       </c>
-      <c r="B89" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E89" s="6" t="s">
+      <c r="M89" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N89" s="6" t="s">
+        <v>1321</v>
+      </c>
+      <c r="O89" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="P89" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q89" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="R89" s="6" t="s">
+        <v>888</v>
+      </c>
+      <c r="S89" s="6" t="s">
         <v>568</v>
       </c>
-      <c r="F89" s="6" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="T89" s="6" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="U89" s="6" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
     </row>
     <row r="90" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A90" s="24" t="s">
+        <v>569</v>
+      </c>
+      <c r="B90" s="24" t="s">
+        <v>716</v>
+      </c>
+      <c r="C90" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D90" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E90" s="24" t="s">
+        <v>570</v>
+      </c>
+      <c r="F90" s="24" t="s">
         <v>571</v>
       </c>
-      <c r="B90" s="24" t="s">
-[...8 lines deleted...]
-      <c r="E90" s="24" t="s">
+      <c r="G90" s="24" t="s">
+        <v>571</v>
+      </c>
+      <c r="H90" s="24" t="s">
+        <v>1707</v>
+      </c>
+      <c r="I90" s="24" t="s">
+        <v>1480</v>
+      </c>
+      <c r="J90" s="24" t="s">
+        <v>786</v>
+      </c>
+      <c r="K90" s="25" t="s">
+        <v>1711</v>
+      </c>
+      <c r="L90" s="24" t="s">
         <v>572</v>
       </c>
-      <c r="F90" s="24" t="s">
+      <c r="M90" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N90" s="24" t="s">
         <v>573</v>
       </c>
-      <c r="G90" s="24" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="O90" s="24" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P90" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q90" s="24" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="R90" s="24" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="S90" s="24" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="T90" s="24" t="s">
         <v>12</v>
       </c>
       <c r="U90" s="24"/>
     </row>
     <row r="91" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A91" s="6" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>1755</v>
+        <v>1748</v>
       </c>
       <c r="G91" s="6" t="s">
-        <v>1755</v>
+        <v>1748</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="I91" s="6" t="s">
-        <v>1485</v>
+        <v>1480</v>
       </c>
       <c r="J91" s="6" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="K91" s="13" t="s">
-        <v>1262</v>
+        <v>1257</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="M91" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N91" s="6" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
       <c r="O91" s="6" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P91" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q91" s="6" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="R91" s="6" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="S91" s="6" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="T91" s="6" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="U91" s="6" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
     </row>
     <row r="92" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A92" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H92" s="6" t="s">
         <v>577</v>
       </c>
-      <c r="B92" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I92" s="6" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="J92" s="6" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="K92" s="13" t="s">
-        <v>1263</v>
+        <v>1258</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="M92" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N92" s="6" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="O92" s="6" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P92" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q92" s="6" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="R92" s="6" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="S92" s="6" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="T92" s="6" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="U92" s="6"/>
     </row>
     <row r="93" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A93" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="F93" s="6" t="s">
         <v>580</v>
       </c>
-      <c r="B93" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G93" s="6" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
       <c r="I93" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="J93" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="K93" s="13" t="s">
-        <v>1265</v>
+        <v>1260</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="M93" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N93" s="6" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="O93" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P93" s="6" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="Q93" s="6" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="R93" s="6" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="S93" s="6" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="T93" s="6" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="U93" s="6" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
     </row>
     <row r="94" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A94" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E94" s="6" t="s">
         <v>584</v>
       </c>
-      <c r="B94" s="6" t="s">
+      <c r="F94" s="6" t="s">
         <v>585</v>
       </c>
-      <c r="C94" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="6" t="s">
+      <c r="G94" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="H94" s="6" t="s">
         <v>586</v>
       </c>
-      <c r="F94" s="6" t="s">
+      <c r="I94" s="6" t="s">
         <v>587</v>
       </c>
-      <c r="G94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H94" s="6" t="s">
+      <c r="J94" s="6" t="s">
         <v>588</v>
       </c>
-      <c r="I94" s="6" t="s">
+      <c r="K94" s="13" t="s">
+        <v>1261</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="M94" s="13" t="s">
+        <v>1294</v>
+      </c>
+      <c r="N94" s="6" t="s">
+        <v>1311</v>
+      </c>
+      <c r="O94" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="P94" s="6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="Q94" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="R94" s="6" t="s">
+        <v>892</v>
+      </c>
+      <c r="S94" s="6" t="s">
         <v>589</v>
       </c>
-      <c r="J94" s="6" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="T94" s="6" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="U94" s="6"/>
     </row>
     <row r="95" spans="1:21" s="35" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A95" s="24" t="s">
+        <v>590</v>
+      </c>
+      <c r="B95" s="24" t="s">
+        <v>221</v>
+      </c>
+      <c r="C95" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D95" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="E95" s="24" t="s">
+        <v>1432</v>
+      </c>
+      <c r="F95" s="24" t="s">
+        <v>1039</v>
+      </c>
+      <c r="G95" s="24" t="s">
+        <v>591</v>
+      </c>
+      <c r="H95" s="24" t="s">
         <v>592</v>
       </c>
-      <c r="B95" s="24" t="s">
-[...14 lines deleted...]
-      <c r="G95" s="24" t="s">
+      <c r="I95" s="24" t="s">
         <v>593</v>
       </c>
-      <c r="H95" s="24" t="s">
+      <c r="J95" s="24" t="s">
         <v>594</v>
       </c>
-      <c r="I95" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K95" s="25" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="L95" s="24" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="M95" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N95" s="24" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O95" s="24" t="s">
         <v>30</v>
       </c>
       <c r="P95" s="24" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Q95" s="24" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="R95" s="24" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="S95" s="24" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="T95" s="24" t="s">
-        <v>1732</v>
+        <v>1726</v>
       </c>
       <c r="U95" s="24" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="96" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A96" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="G96" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="I96" s="6" t="s">
+        <v>1598</v>
+      </c>
+      <c r="J96" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="K96" s="13" t="s">
+        <v>1263</v>
+      </c>
+      <c r="L96" s="6" t="s">
         <v>646</v>
       </c>
-      <c r="B96" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E96" s="6" t="s">
+      <c r="M96" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N96" s="6" t="s">
+        <v>1324</v>
+      </c>
+      <c r="O96" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="P96" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q96" s="6" t="s">
         <v>647</v>
       </c>
-      <c r="F96" s="6" t="s">
+      <c r="R96" s="6" t="s">
+        <v>898</v>
+      </c>
+      <c r="S96" s="6" t="s">
         <v>648</v>
-      </c>
-[...37 lines deleted...]
-        <v>651</v>
       </c>
       <c r="T96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="U96" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="97" spans="1:21" s="2" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A97" s="6" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="G97" s="6" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="H97" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="I97" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="J97" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="K97" s="13" t="s">
+        <v>1125</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>1126</v>
+      </c>
+      <c r="M97" s="17" t="s">
+        <v>815</v>
+      </c>
+      <c r="N97" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="O97" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="P97" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="Q97" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="R97" s="6" t="s">
+        <v>891</v>
+      </c>
+      <c r="S97" s="6" t="s">
         <v>667</v>
       </c>
-      <c r="I97" s="13" t="s">
-[...8 lines deleted...]
-      <c r="L97" s="6" t="s">
+      <c r="T97" s="6" t="s">
         <v>1131</v>
       </c>
-      <c r="M97" s="17" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="U97" s="6" t="s">
-        <v>1137</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="98" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A98" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B98" s="6" t="s">
         <v>655</v>
       </c>
-      <c r="B98" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E98" s="6" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="G98" s="6" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="I98" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="J98" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="K98" s="13" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="M98" s="17" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N98" s="6" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
       <c r="O98" s="6" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P98" s="6" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="Q98" s="6" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="R98" s="6" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="S98" s="6" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="T98" s="6" t="s">
-        <v>1136</v>
+        <v>1131</v>
       </c>
       <c r="U98" s="6" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="99" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A99" s="6" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="B99" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E99" s="6" t="s">
         <v>658</v>
       </c>
-      <c r="C99" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F99" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="G99" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="H99" s="6" t="s">
         <v>665</v>
       </c>
-      <c r="G99" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I99" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="J99" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="K99" s="13" t="s">
-        <v>1181</v>
+        <v>1176</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
       <c r="M99" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N99" s="6" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="O99" s="6" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P99" s="6" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="Q99" s="6" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="R99" s="6" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="S99" s="6" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="T99" s="6" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="U99" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="100" spans="1:21" s="3" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A100" s="6" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="F100" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="G100" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="H100" s="6" t="s">
         <v>666</v>
       </c>
-      <c r="G100" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I100" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="J100" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="K100" s="13" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
       <c r="L100" s="6" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M100" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N100" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="O100" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="P100" s="6" t="s">
         <v>1178</v>
       </c>
-      <c r="M100" s="13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q100" s="6" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="R100" s="6" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="S100" s="6" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="T100" s="12" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="U100" s="21" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="101" spans="1:21" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A101" s="6" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E101" s="6" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G101" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H101" s="6" t="s">
+        <v>817</v>
+      </c>
+      <c r="I101" s="6" t="s">
+        <v>799</v>
+      </c>
+      <c r="J101" s="6" t="s">
+        <v>800</v>
+      </c>
+      <c r="K101" s="13" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="M101" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N101" s="6" t="s">
+        <v>1267</v>
+      </c>
+      <c r="O101" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P101" s="6" t="s">
+        <v>1436</v>
+      </c>
+      <c r="Q101" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="R101" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="S101" s="6" t="s">
+        <v>906</v>
+      </c>
+      <c r="T101" s="6" t="s">
+        <v>1632</v>
+      </c>
+      <c r="U101" s="6" t="s">
         <v>1439</v>
-      </c>
-[...46 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="102" spans="1:21" ht="229.5" x14ac:dyDescent="0.25">
       <c r="A102" s="6" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E102" s="6" t="s">
-        <v>1769</v>
+        <v>1762</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>1757</v>
+        <v>1750</v>
       </c>
       <c r="G102" s="6" t="s">
-        <v>1758</v>
+        <v>1751</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="I102" s="6" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="J102" s="6" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="K102" s="13" t="s">
-        <v>1122</v>
+        <v>1117</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="M102" s="13" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="N102" s="6" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="O102" s="6" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P102" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q102" s="6" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="R102" s="6" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="S102" s="6" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="T102" s="6" t="s">
-        <v>1530</v>
+        <v>1525</v>
       </c>
       <c r="U102" s="6" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="103" spans="1:21" s="3" customFormat="1" ht="102" x14ac:dyDescent="0.25">
       <c r="A103" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="H103" s="6" t="s">
         <v>695</v>
       </c>
-      <c r="B103" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E103" s="6" t="s">
+      <c r="I103" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="J103" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="K103" s="13" t="s">
+        <v>1268</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M103" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N103" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="O103" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P103" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q103" s="6" t="s">
         <v>696</v>
       </c>
-      <c r="F103" s="6" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R103" s="6" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="S103" s="6" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="T103" s="6" t="s">
-        <v>1507</v>
+        <v>1502</v>
       </c>
       <c r="U103" s="6" t="s">
-        <v>1445</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="104" spans="1:21" s="35" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A104" s="24" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="B104" s="24" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="C104" s="24" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D104" s="24" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E104" s="24" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="F104" s="24" t="s">
-        <v>1522</v>
+        <v>1517</v>
       </c>
       <c r="G104" s="24" t="s">
-        <v>1522</v>
+        <v>1517</v>
       </c>
       <c r="H104" s="24" t="s">
-        <v>1461</v>
+        <v>1456</v>
       </c>
       <c r="I104" s="24" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="J104" s="24" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="K104" s="25" t="s">
-        <v>1462</v>
+        <v>1457</v>
       </c>
       <c r="L104" s="24" t="s">
-        <v>1276</v>
+        <v>1271</v>
       </c>
       <c r="M104" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N104" s="24" t="s">
-        <v>1277</v>
+        <v>1272</v>
       </c>
       <c r="O104" s="24" t="s">
         <v>20</v>
       </c>
       <c r="P104" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q104" s="24" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="R104" s="24" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="S104" s="24" t="s">
-        <v>1698</v>
+        <v>1692</v>
       </c>
       <c r="T104" s="24" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="U104" s="24" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
     </row>
     <row r="105" spans="1:21" s="3" customFormat="1" ht="127.5" x14ac:dyDescent="0.25">
       <c r="A105" s="6" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E105" s="6" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="F105" s="6" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="G105" s="6" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="I105" s="6" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="J105" s="6" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="K105" s="13" t="s">
-        <v>1278</v>
+        <v>1273</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="M105" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N105" s="6" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O105" s="6" t="s">
-        <v>1471</v>
+        <v>1466</v>
       </c>
       <c r="P105" s="6" t="s">
-        <v>1055</v>
+        <v>1050</v>
       </c>
       <c r="Q105" s="6" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="R105" s="6" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="S105" s="6" t="s">
-        <v>1469</v>
+        <v>1464</v>
       </c>
       <c r="T105" s="10" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="U105" s="6" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="106" spans="1:21" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A106" s="24" t="s">
+        <v>701</v>
+      </c>
+      <c r="B106" s="24" t="s">
+        <v>718</v>
+      </c>
+      <c r="C106" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D106" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="E106" s="24" t="s">
+        <v>702</v>
+      </c>
+      <c r="F106" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="G106" s="24" t="s">
+        <v>931</v>
+      </c>
+      <c r="H106" s="24" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I106" s="24" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J106" s="25" t="s">
+        <v>1663</v>
+      </c>
+      <c r="K106" s="25" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L106" s="24" t="s">
+        <v>1172</v>
+      </c>
+      <c r="M106" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N106" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="O106" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="P106" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="Q106" s="24" t="s">
+        <v>736</v>
+      </c>
+      <c r="R106" s="24" t="s">
+        <v>893</v>
+      </c>
+      <c r="S106" s="24" t="s">
+        <v>1664</v>
+      </c>
+      <c r="T106" s="24" t="s">
+        <v>1665</v>
+      </c>
+      <c r="U106" s="24" t="s">
         <v>704</v>
-      </c>
-[...58 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="107" spans="1:21" s="27" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A107" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="B107" s="24" t="s">
+        <v>718</v>
+      </c>
+      <c r="C107" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D107" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="E107" s="24" t="s">
+        <v>706</v>
+      </c>
+      <c r="F107" s="24" t="s">
+        <v>707</v>
+      </c>
+      <c r="G107" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="H107" s="24" t="s">
         <v>708</v>
       </c>
-      <c r="B107" s="24" t="s">
-[...8 lines deleted...]
-      <c r="E107" s="24" t="s">
+      <c r="I107" s="24" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J107" s="25" t="s">
+        <v>1666</v>
+      </c>
+      <c r="K107" s="25" t="s">
+        <v>1169</v>
+      </c>
+      <c r="L107" s="24" t="s">
+        <v>1170</v>
+      </c>
+      <c r="M107" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N107" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="O107" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="P107" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="Q107" s="24" t="s">
+        <v>736</v>
+      </c>
+      <c r="R107" s="24" t="s">
+        <v>893</v>
+      </c>
+      <c r="S107" s="24" t="s">
+        <v>1664</v>
+      </c>
+      <c r="T107" s="24" t="s">
+        <v>1665</v>
+      </c>
+      <c r="U107" s="24" t="s">
         <v>709</v>
       </c>
-      <c r="F107" s="24" t="s">
-[...46 lines deleted...]
-      </c>
     </row>
-    <row r="108" spans="1:21" ht="51" x14ac:dyDescent="0.25">
-      <c r="A108" s="6" t="s">
+    <row r="108" spans="1:21" s="27" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+      <c r="A108" s="24" t="s">
+        <v>779</v>
+      </c>
+      <c r="B108" s="24" t="s">
+        <v>780</v>
+      </c>
+      <c r="C108" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D108" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="E108" s="24" t="s">
+        <v>781</v>
+      </c>
+      <c r="F108" s="24" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G108" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="H108" s="24" t="s">
         <v>782</v>
       </c>
-      <c r="B108" s="6" t="s">
-[...38 lines deleted...]
-      <c r="O108" s="6" t="s">
+      <c r="I108" s="24" t="s">
+        <v>1764</v>
+      </c>
+      <c r="J108" s="24" t="s">
+        <v>956</v>
+      </c>
+      <c r="K108" s="25" t="s">
+        <v>1275</v>
+      </c>
+      <c r="L108" s="24" t="s">
+        <v>1276</v>
+      </c>
+      <c r="M108" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N108" s="24" t="s">
+        <v>1277</v>
+      </c>
+      <c r="O108" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="P108" s="6" t="s">
+      <c r="P108" s="24" t="s">
+        <v>1437</v>
+      </c>
+      <c r="Q108" s="24" t="s">
+        <v>1022</v>
+      </c>
+      <c r="R108" s="24" t="s">
+        <v>880</v>
+      </c>
+      <c r="S108" s="24" t="s">
+        <v>1020</v>
+      </c>
+      <c r="T108" s="24" t="s">
+        <v>1441</v>
+      </c>
+      <c r="U108" s="24" t="s">
         <v>1442</v>
-      </c>
-[...13 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="109" spans="1:21" s="3" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A109" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>1752</v>
+      </c>
+      <c r="G109" s="6" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H109" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="I109" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="J109" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="K109" s="13" t="s">
+        <v>1112</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="M109" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="N109" s="6" t="s">
+        <v>1114</v>
+      </c>
+      <c r="O109" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="P109" s="6" t="s">
+        <v>1109</v>
+      </c>
+      <c r="Q109" s="6" t="s">
         <v>790</v>
       </c>
-      <c r="B109" s="6" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="R109" s="6" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="S109" s="6" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="T109" s="6" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="U109" s="6" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="110" spans="1:21" s="27" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A110" s="24" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B110" s="24" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="C110" s="24" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D110" s="24" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E110" s="24" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="F110" s="24" t="s">
-        <v>1734</v>
+        <v>1728</v>
       </c>
       <c r="G110" s="24" t="s">
-        <v>1733</v>
+        <v>1727</v>
       </c>
       <c r="H110" s="24" t="s">
-        <v>1724</v>
+        <v>1718</v>
       </c>
       <c r="I110" s="25" t="s">
-        <v>1587</v>
+        <v>1582</v>
       </c>
       <c r="J110" s="24" t="s">
-        <v>1581</v>
+        <v>1576</v>
       </c>
       <c r="K110" s="25" t="s">
-        <v>1588</v>
+        <v>1583</v>
       </c>
       <c r="L110" s="24" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="M110" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N110" s="24" t="s">
-        <v>1589</v>
+        <v>1584</v>
       </c>
       <c r="O110" s="24" t="s">
         <v>30</v>
       </c>
       <c r="P110" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q110" s="24" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="R110" s="24" t="s">
-        <v>1766</v>
+        <v>1759</v>
       </c>
       <c r="S110" s="24" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="T110" s="24" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="U110" s="24" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
     </row>
     <row r="111" spans="1:21" ht="178.5" x14ac:dyDescent="0.25">
       <c r="A111" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>823</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="F111" s="6" t="s">
         <v>825</v>
       </c>
-      <c r="B111" s="6" t="s">
+      <c r="G111" s="6" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H111" s="6" t="s">
         <v>826</v>
       </c>
-      <c r="C111" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E111" s="6" t="s">
+      <c r="I111" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="J111" s="6" t="s">
         <v>827</v>
       </c>
-      <c r="F111" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K111" s="6" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="N111" s="6" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="O111" s="6" t="s">
-        <v>1708</v>
+        <v>1702</v>
       </c>
       <c r="P111" s="6" t="s">
-        <v>1159</v>
+        <v>1154</v>
       </c>
       <c r="Q111" s="6" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="R111" s="6" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="S111" s="6" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
       <c r="T111" s="6" t="s">
-        <v>1157</v>
+        <v>1152</v>
       </c>
       <c r="U111" s="6" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="112" spans="1:21" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A112" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="B112" s="12" t="s">
+        <v>838</v>
+      </c>
+      <c r="C112" s="12" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D112" s="12" t="s">
+        <v>599</v>
+      </c>
+      <c r="E112" s="12" t="s">
+        <v>839</v>
+      </c>
+      <c r="F112" s="12" t="s">
         <v>840</v>
       </c>
-      <c r="B112" s="12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G112" s="12" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
       <c r="H112" s="12" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="I112" s="12" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="J112" s="12" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="K112" s="21" t="s">
-        <v>1283</v>
+        <v>1278</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>1284</v>
+        <v>1279</v>
       </c>
       <c r="M112" s="21" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N112" s="6" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O112" s="12" t="s">
         <v>20</v>
       </c>
       <c r="P112" s="12" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="Q112" s="12" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="R112" s="12" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
       <c r="S112" s="12" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="T112" s="12" t="s">
-        <v>1448</v>
+        <v>1443</v>
       </c>
       <c r="U112" s="6" t="s">
-        <v>1449</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="113" spans="1:21" s="27" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A113" s="24" t="s">
+        <v>936</v>
+      </c>
+      <c r="B113" s="24" t="s">
+        <v>937</v>
+      </c>
+      <c r="C113" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D113" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E113" s="24" t="s">
+        <v>940</v>
+      </c>
+      <c r="F113" s="24" t="s">
         <v>939</v>
       </c>
-      <c r="B113" s="24" t="s">
-[...11 lines deleted...]
-      <c r="F113" s="24" t="s">
+      <c r="G113" s="24" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H113" s="24" t="s">
+        <v>941</v>
+      </c>
+      <c r="I113" s="24" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J113" s="24" t="s">
+        <v>1720</v>
+      </c>
+      <c r="K113" s="25" t="s">
+        <v>1264</v>
+      </c>
+      <c r="L113" s="24" t="s">
+        <v>1052</v>
+      </c>
+      <c r="M113" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N113" s="24" t="s">
+        <v>1053</v>
+      </c>
+      <c r="O113" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="P113" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q113" s="25" t="s">
+        <v>938</v>
+      </c>
+      <c r="R113" s="24" t="s">
+        <v>939</v>
+      </c>
+      <c r="S113" s="24" t="s">
         <v>942</v>
       </c>
-      <c r="G113" s="24" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="T113" s="24" t="s">
-        <v>1727</v>
+        <v>1721</v>
       </c>
       <c r="U113" s="24"/>
     </row>
     <row r="114" spans="1:21" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A114" s="6" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="B114" s="10" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E114" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="F114" s="6" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G114" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="I114" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="J114" s="6" t="s">
+        <v>979</v>
+      </c>
+      <c r="K114" s="6" t="s">
+        <v>988</v>
+      </c>
+      <c r="L114" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M114" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="N114" s="6" t="s">
+        <v>1314</v>
+      </c>
+      <c r="O114" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="P114" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q114" s="13" t="s">
         <v>986</v>
       </c>
-      <c r="F114" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H114" s="6" t="s">
+      <c r="R114" s="6" t="s">
+        <v>1760</v>
+      </c>
+      <c r="S114" s="6" t="s">
         <v>984</v>
       </c>
-      <c r="I114" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T114" s="6" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="U114" s="13" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="115" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A115" s="24" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="B115" s="26" t="s">
+        <v>987</v>
+      </c>
+      <c r="C115" s="26" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D115" s="38" t="s">
+        <v>599</v>
+      </c>
+      <c r="E115" s="24" t="s">
+        <v>983</v>
+      </c>
+      <c r="F115" s="24" t="s">
+        <v>994</v>
+      </c>
+      <c r="G115" s="24" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H115" s="24" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I115" s="25" t="s">
+        <v>1715</v>
+      </c>
+      <c r="J115" s="25" t="s">
+        <v>640</v>
+      </c>
+      <c r="K115" s="24" t="s">
+        <v>989</v>
+      </c>
+      <c r="L115" s="24" t="s">
+        <v>990</v>
+      </c>
+      <c r="M115" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="N115" s="24" t="s">
         <v>991</v>
       </c>
-      <c r="C115" s="26" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O115" s="38" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="P115" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="Q115" s="25" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="R115" s="24" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="S115" s="24" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="T115" s="24" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="U115" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="116" spans="1:21" ht="153" x14ac:dyDescent="0.25">
       <c r="A116" s="36" t="s">
+        <v>999</v>
+      </c>
+      <c r="B116" s="29" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C116" s="29" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D116" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="E116" s="24" t="s">
         <v>1003</v>
       </c>
-      <c r="B116" s="29" t="s">
+      <c r="F116" s="39" t="s">
         <v>1004</v>
       </c>
-      <c r="C116" s="29" t="s">
-[...5 lines deleted...]
-      <c r="E116" s="24" t="s">
+      <c r="G116" s="39" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H116" s="39" t="s">
+        <v>1708</v>
+      </c>
+      <c r="I116" s="25" t="s">
+        <v>1709</v>
+      </c>
+      <c r="J116" s="25" t="s">
+        <v>1710</v>
+      </c>
+      <c r="K116" s="25" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L116" s="24" t="s">
+        <v>1712</v>
+      </c>
+      <c r="M116" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="N116" s="24" t="s">
+        <v>1701</v>
+      </c>
+      <c r="O116" s="40" t="s">
+        <v>977</v>
+      </c>
+      <c r="P116" s="41" t="s">
+        <v>1006</v>
+      </c>
+      <c r="Q116" s="38" t="s">
         <v>1007</v>
       </c>
-      <c r="F116" s="39" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R116" s="38" t="s">
-        <v>1719</v>
+        <v>1713</v>
       </c>
       <c r="S116" s="39" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="T116" s="39" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="U116" s="41" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="117" spans="1:21" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A117" s="14" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B117" s="15" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C117" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F117" s="16" t="s">
+        <v>1027</v>
+      </c>
+      <c r="G117" s="16" t="s">
         <v>1012</v>
       </c>
-      <c r="B117" s="15" t="s">
+      <c r="H117" s="16" t="s">
         <v>1013</v>
       </c>
-      <c r="C117" s="15" t="s">
-[...5 lines deleted...]
-      <c r="E117" s="6" t="s">
+      <c r="I117" s="17" t="s">
+        <v>1014</v>
+      </c>
+      <c r="J117" s="17" t="s">
         <v>1015</v>
       </c>
-      <c r="F117" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G117" s="16" t="s">
+      <c r="K117" s="17" t="s">
         <v>1016</v>
       </c>
-      <c r="H117" s="16" t="s">
+      <c r="L117" s="6" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M117" s="17" t="s">
+        <v>815</v>
+      </c>
+      <c r="N117" s="6" t="s">
         <v>1017</v>
       </c>
-      <c r="I117" s="17" t="s">
+      <c r="O117" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="P117" s="17" t="s">
         <v>1018</v>
       </c>
-      <c r="J117" s="17" t="s">
+      <c r="Q117" s="18" t="s">
         <v>1019</v>
       </c>
-      <c r="K117" s="17" t="s">
-[...17 lines deleted...]
-      <c r="Q117" s="18" t="s">
+      <c r="R117" s="16" t="s">
+        <v>1028</v>
+      </c>
+      <c r="S117" s="16" t="s">
         <v>1023</v>
       </c>
-      <c r="R117" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T117" s="16" t="s">
-        <v>1145</v>
+        <v>1140</v>
       </c>
       <c r="U117" s="17" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="118" spans="1:21" s="23" customFormat="1" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A118" s="14" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="B118" s="15" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="D118" s="16" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E118" s="16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F118" s="16" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G118" s="16" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H118" s="16" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I118" s="17" t="s">
+        <v>1635</v>
+      </c>
+      <c r="J118" s="17" t="s">
+        <v>1636</v>
+      </c>
+      <c r="K118" s="16" t="s">
+        <v>1034</v>
+      </c>
+      <c r="L118" s="6" t="s">
         <v>1035</v>
       </c>
-      <c r="F118" s="16" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M118" s="16" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N118" s="6" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="O118" s="16" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="P118" s="17" t="s">
-        <v>1443</v>
+        <v>1438</v>
       </c>
       <c r="Q118" s="16" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="R118" s="16" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="S118" s="16" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
       <c r="T118" s="16" t="s">
-        <v>1640</v>
+        <v>1634</v>
       </c>
       <c r="U118" s="17" t="s">
-        <v>1450</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="119" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A119" s="36" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B119" s="29" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C119" s="29" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D119" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E119" s="39" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F119" s="39" t="s">
+        <v>1358</v>
+      </c>
+      <c r="G119" s="39" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H119" s="39" t="s">
+        <v>1587</v>
+      </c>
+      <c r="I119" s="41" t="s">
+        <v>1483</v>
+      </c>
+      <c r="J119" s="41" t="s">
+        <v>1544</v>
+      </c>
+      <c r="K119" s="41" t="s">
+        <v>1724</v>
+      </c>
+      <c r="L119" s="24" t="s">
+        <v>1723</v>
+      </c>
+      <c r="M119" s="39" t="s">
+        <v>815</v>
+      </c>
+      <c r="N119" s="24" t="s">
+        <v>1545</v>
+      </c>
+      <c r="O119" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="P119" s="24" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q119" s="39" t="s">
+        <v>1359</v>
+      </c>
+      <c r="R119" s="39" t="s">
+        <v>1358</v>
+      </c>
+      <c r="S119" s="39" t="s">
         <v>1360</v>
       </c>
-      <c r="B119" s="29" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T119" s="39" t="s">
-        <v>1731</v>
+        <v>1725</v>
       </c>
       <c r="U119" s="42">
         <v>45324</v>
       </c>
     </row>
     <row r="120" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A120" s="36" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B120" s="29" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C120" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D120" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E120" s="24" t="s">
+        <v>1450</v>
+      </c>
+      <c r="F120" s="24" t="s">
+        <v>1690</v>
+      </c>
+      <c r="G120" s="24" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H120" s="24" t="s">
         <v>1451</v>
       </c>
-      <c r="B120" s="29" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I120" s="24" t="s">
-        <v>1531</v>
+        <v>1526</v>
       </c>
       <c r="J120" s="24" t="s">
-        <v>1532</v>
+        <v>1527</v>
       </c>
       <c r="K120" s="25" t="s">
-        <v>1706</v>
+        <v>1700</v>
       </c>
       <c r="L120" s="24" t="s">
-        <v>1457</v>
+        <v>1452</v>
       </c>
       <c r="M120" s="24" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N120" s="24" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O120" s="24" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="P120" s="24" t="s">
-        <v>1458</v>
+        <v>1453</v>
       </c>
       <c r="Q120" s="24" t="s">
-        <v>1452</v>
+        <v>1447</v>
       </c>
       <c r="R120" s="24" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="S120" s="24" t="s">
-        <v>1454</v>
+        <v>1449</v>
       </c>
       <c r="T120" s="24" t="s">
-        <v>1695</v>
+        <v>1689</v>
       </c>
       <c r="U120" s="24" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="121" spans="1:21" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A121" s="14" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B121" s="15" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E121" s="6" t="s">
         <v>1474</v>
       </c>
-      <c r="B121" s="15" t="s">
+      <c r="F121" s="6" t="s">
+        <v>1490</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>1656</v>
+      </c>
+      <c r="I121" s="6" t="s">
+        <v>1485</v>
+      </c>
+      <c r="J121" s="6" t="s">
+        <v>1486</v>
+      </c>
+      <c r="K121" s="13" t="s">
         <v>1475</v>
       </c>
-      <c r="C121" s="6" t="s">
-[...11 lines deleted...]
-      <c r="G121" s="6" t="s">
+      <c r="L121" s="6" t="s">
+        <v>1476</v>
+      </c>
+      <c r="M121" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="N121" s="6" t="s">
+        <v>1477</v>
+      </c>
+      <c r="O121" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="P121" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q121" s="6" t="s">
+        <v>1471</v>
+      </c>
+      <c r="R121" s="6" t="s">
+        <v>1472</v>
+      </c>
+      <c r="S121" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="T121" s="20" t="s">
         <v>1489</v>
       </c>
-      <c r="H121" s="6" t="s">
-[...32 lines deleted...]
-      <c r="S121" s="6" t="s">
+      <c r="U121" s="6" t="s">
         <v>1478</v>
-      </c>
-[...4 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="122" spans="1:21" s="27" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A122" s="36" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B122" s="29" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C122" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D122" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E122" s="24" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F122" s="24" t="s">
+        <v>1509</v>
+      </c>
+      <c r="G122" s="24" t="s">
+        <v>1685</v>
+      </c>
+      <c r="H122" s="24" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I122" s="25" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J122" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="K122" s="25" t="s">
+        <v>1512</v>
+      </c>
+      <c r="L122" s="25" t="s">
+        <v>1706</v>
+      </c>
+      <c r="M122" s="25" t="s">
+        <v>1513</v>
+      </c>
+      <c r="N122" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="O122" s="24" t="s">
+        <v>975</v>
+      </c>
+      <c r="P122" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q122" s="24" t="s">
+        <v>1508</v>
+      </c>
+      <c r="R122" s="24" t="s">
+        <v>1509</v>
+      </c>
+      <c r="S122" s="24" t="s">
         <v>1510</v>
       </c>
-      <c r="B122" s="29" t="s">
+      <c r="T122" s="37" t="s">
+        <v>1688</v>
+      </c>
+      <c r="U122" s="24" t="s">
         <v>1511</v>
-      </c>
-[...55 lines deleted...]
-        <v>1516</v>
       </c>
     </row>
     <row r="123" spans="1:21" s="27" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A123" s="30" t="s">
-        <v>1545</v>
+        <v>1540</v>
       </c>
       <c r="B123" s="31" t="s">
-        <v>1674</v>
+        <v>1668</v>
       </c>
       <c r="C123" s="29" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="D123" s="32" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="E123" s="32" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F123" s="32" t="s">
+        <v>1549</v>
+      </c>
+      <c r="G123" s="32" t="s">
+        <v>815</v>
+      </c>
+      <c r="H123" s="32" t="s">
         <v>1552</v>
       </c>
-      <c r="F123" s="32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I123" s="33" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="J123" s="33" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="K123" s="33" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="L123" s="33" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="M123" s="33" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N123" s="33" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="O123" s="33" t="s">
         <v>20</v>
       </c>
       <c r="P123" s="33" t="s">
-        <v>1563</v>
+        <v>1558</v>
       </c>
       <c r="Q123" s="33" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="R123" s="33" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="S123" s="33" t="s">
-        <v>1564</v>
+        <v>1559</v>
       </c>
       <c r="T123" s="33" t="s">
-        <v>1565</v>
+        <v>1560</v>
       </c>
       <c r="U123" s="33" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="124" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A124" s="36" t="s">
-        <v>1544</v>
+        <v>1539</v>
       </c>
       <c r="B124" s="29" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C124" s="29" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D124" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E124" s="24" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F124" s="24" t="s">
+        <v>1550</v>
+      </c>
+      <c r="G124" s="24" t="s">
         <v>1551</v>
       </c>
-      <c r="C124" s="29" t="s">
-[...5 lines deleted...]
-      <c r="E124" s="24" t="s">
+      <c r="H124" s="39" t="s">
         <v>1553</v>
       </c>
-      <c r="F124" s="24" t="s">
+      <c r="I124" s="41" t="s">
+        <v>1714</v>
+      </c>
+      <c r="J124" s="41" t="s">
+        <v>1554</v>
+      </c>
+      <c r="K124" s="41" t="s">
         <v>1555</v>
       </c>
-      <c r="G124" s="24" t="s">
+      <c r="L124" s="41" t="s">
         <v>1556</v>
       </c>
-      <c r="H124" s="39" t="s">
-[...11 lines deleted...]
-      <c r="L124" s="41" t="s">
+      <c r="M124" s="41" t="s">
+        <v>815</v>
+      </c>
+      <c r="N124" s="41" t="s">
+        <v>1557</v>
+      </c>
+      <c r="O124" s="41" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P124" s="41" t="s">
+        <v>1328</v>
+      </c>
+      <c r="Q124" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="R124" s="41" t="s">
+        <v>866</v>
+      </c>
+      <c r="S124" s="41" t="s">
+        <v>1467</v>
+      </c>
+      <c r="T124" s="41" t="s">
         <v>1561</v>
       </c>
-      <c r="M124" s="41" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="U124" s="41" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="125" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A125" s="14" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B125" s="15" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C125" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F125" s="6" t="s">
         <v>1570</v>
       </c>
-      <c r="B125" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E125" s="6" t="s">
+      <c r="G125" s="6" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>1571</v>
+      </c>
+      <c r="I125" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="J125" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="K125" s="6" t="s">
+        <v>1572</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>1573</v>
+      </c>
+      <c r="M125" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="N125" s="6" t="s">
         <v>1574</v>
       </c>
-      <c r="F125" s="6" t="s">
+      <c r="O125" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="P125" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q125" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="R125" s="6" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S125" s="6" t="s">
+        <v>1568</v>
+      </c>
+      <c r="T125" s="6" t="s">
+        <v>1655</v>
+      </c>
+      <c r="U125" s="6" t="s">
         <v>1575</v>
-      </c>
-[...43 lines deleted...]
-        <v>1580</v>
       </c>
     </row>
     <row r="126" spans="1:21" s="27" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A126" s="36" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B126" s="29" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C126" s="29" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D126" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="E126" s="24" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F126" s="24" t="s">
+        <v>1675</v>
+      </c>
+      <c r="G126" s="24" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H126" s="24" t="s">
+        <v>1677</v>
+      </c>
+      <c r="I126" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="J126" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="K126" s="25" t="s">
         <v>1678</v>
       </c>
-      <c r="B126" s="29" t="s">
+      <c r="L126" s="25" t="s">
         <v>1679</v>
       </c>
-      <c r="C126" s="29" t="s">
-[...5 lines deleted...]
-      <c r="E126" s="24" t="s">
+      <c r="M126" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="N126" s="24" t="s">
         <v>1680</v>
       </c>
-      <c r="F126" s="24" t="s">
+      <c r="O126" s="24" t="s">
+        <v>975</v>
+      </c>
+      <c r="P126" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q126" s="24" t="s">
         <v>1681</v>
       </c>
-      <c r="G126" s="24" t="s">
+      <c r="R126" s="24" t="s">
         <v>1682</v>
       </c>
-      <c r="H126" s="24" t="s">
+      <c r="S126" s="24" t="s">
         <v>1683</v>
       </c>
-      <c r="I126" s="24" t="s">
-[...5 lines deleted...]
-      <c r="K126" s="25" t="s">
+      <c r="T126" s="24" t="s">
         <v>1684</v>
       </c>
-      <c r="L126" s="25" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="U126" s="25" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:U126" xr:uid="{9417B0BA-5A4D-4FE0-BB21-5A7AD08D982F}"/>
   <sortState ref="A2:U112">
     <sortCondition ref="A1"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="N59" r:id="rId1" xr:uid="{8128E80C-2A2A-47AA-A9DE-C07A37FBFC28}"/>
     <hyperlink ref="L114" r:id="rId2" xr:uid="{D3E154D4-454C-49DA-B6EC-19E6E69BDC71}"/>
     <hyperlink ref="L115" r:id="rId3" xr:uid="{11AA38B0-E46E-4E77-9455-B14A0FC298E3}"/>
     <hyperlink ref="N115" r:id="rId4" xr:uid="{CE044DC8-50B8-4BD6-9851-E964996937B9}"/>
     <hyperlink ref="N114" r:id="rId5" xr:uid="{FB3BA928-3CF3-4D66-B73F-CE3FE1BDB29D}"/>
     <hyperlink ref="L116" r:id="rId6" xr:uid="{F8C93BBD-1CCF-4D57-B15F-7E86500C2A05}"/>
     <hyperlink ref="L113" r:id="rId7" xr:uid="{D3C4D58F-771C-4E73-9AC8-C4818B787043}"/>
     <hyperlink ref="N113" r:id="rId8" xr:uid="{BF92F718-2DFD-49DF-83AC-6D7129C3F7D5}"/>
     <hyperlink ref="L102" r:id="rId9" xr:uid="{BFF8A82F-E969-4F4F-80F6-AD01F61ED777}"/>
     <hyperlink ref="N102" r:id="rId10" xr:uid="{7224B502-B2DF-40A7-BA50-F9A44CDEE5C0}"/>
     <hyperlink ref="N28" r:id="rId11" xr:uid="{3BAB7E10-448F-4231-9E18-855C3D9D7265}"/>
     <hyperlink ref="N33" r:id="rId12" xr:uid="{A48D1D85-31F6-47D5-B44E-590C4C3B7B60}"/>
     <hyperlink ref="N31" r:id="rId13" xr:uid="{FBF5A82A-31B0-49A7-93C1-1D042387E646}"/>
     <hyperlink ref="L111" r:id="rId14" xr:uid="{333C99E2-713C-4773-BC85-5DC014F26270}"/>
     <hyperlink ref="N111" r:id="rId15" xr:uid="{5BA3301C-27BC-4BE3-8DA9-C4D906E8B5F3}"/>
     <hyperlink ref="L19" r:id="rId16" xr:uid="{8D3A6B41-E1C5-4A58-A07C-8E127D81249A}"/>
     <hyperlink ref="L109" r:id="rId17" xr:uid="{79206D51-F483-49BB-B401-3001D060D104}"/>
@@ -15854,33 +15859,33 @@
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Szakkepzo intezmenyek nyilv.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Szakképző intézmények nyilvántartása</dc:title>
-  <dc:subject>2025. 12. 15.</dc:subject>
+  <dc:subject>2026. 02. 05.</dc:subject>
   <dc:creator>Majer Zoltán</dc:creator>
   <cp:keywords>NSZFH</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>